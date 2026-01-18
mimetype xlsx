--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1143,51 +1143,51 @@
       </c>
       <c r="C20">
         <v>494970</v>
       </c>
       <c r="D20">
         <v>207179273</v>
       </c>
       <c r="E20" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
         <v>42</v>
       </c>
       <c r="G20" t="s">
         <v>43</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70287245</v>
+        <v>70742893</v>
       </c>
       <c r="B21">
         <v>2.0717927349497E+14</v>
       </c>
       <c r="C21">
         <v>494970</v>
       </c>
       <c r="D21">
         <v>207179273</v>
       </c>
       <c r="E21" t="s">
         <v>44</v>
       </c>
       <c r="F21" t="s">
         <v>45</v>
       </c>
       <c r="G21" t="s">
         <v>46</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="22" spans="1:9">
@@ -1373,105 +1373,105 @@
       </c>
       <c r="C28">
         <v>494970</v>
       </c>
       <c r="D28">
         <v>207179273</v>
       </c>
       <c r="E28" t="s">
         <v>17</v>
       </c>
       <c r="F28" t="s">
         <v>32</v>
       </c>
       <c r="G28" t="s">
         <v>58</v>
       </c>
       <c r="H28" t="s">
         <v>12</v>
       </c>
       <c r="I28" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70287247</v>
+        <v>70742895</v>
       </c>
       <c r="B29">
         <v>2.0717927349497E+14</v>
       </c>
       <c r="C29">
         <v>494970</v>
       </c>
       <c r="D29">
         <v>207179273</v>
       </c>
       <c r="E29" t="s">
         <v>44</v>
       </c>
       <c r="F29" t="s">
         <v>59</v>
       </c>
       <c r="G29" t="s">
         <v>60</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70287246</v>
+        <v>70742894</v>
       </c>
       <c r="B30">
         <v>2.0717927349497E+14</v>
       </c>
       <c r="C30">
         <v>494970</v>
       </c>
       <c r="D30">
         <v>207179273</v>
       </c>
       <c r="E30" t="s">
         <v>44</v>
       </c>
       <c r="F30" t="s">
         <v>61</v>
       </c>
       <c r="G30" t="s">
         <v>62</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70287248</v>
+        <v>70742896</v>
       </c>
       <c r="B31">
         <v>2.0717927349497E+14</v>
       </c>
       <c r="C31">
         <v>494970</v>
       </c>
       <c r="D31">
         <v>207179273</v>
       </c>
       <c r="E31" t="s">
         <v>44</v>
       </c>
       <c r="F31" t="s">
         <v>63</v>
       </c>
       <c r="G31" t="s">
         <v>64</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>