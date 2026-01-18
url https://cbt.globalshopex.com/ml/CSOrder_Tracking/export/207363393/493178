--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -197,57 +197,57 @@
   <si>
     <t>Shipment picked up</t>
   </si>
   <si>
     <t>2020-11-23 16:11:38</t>
   </si>
   <si>
     <t>2020-11-23 12:14:19</t>
   </si>
   <si>
     <t>2020-11-23 01:02:00</t>
   </si>
   <si>
     <t>date imported</t>
   </si>
   <si>
     <t>2020-11-15 18:11:14</t>
   </si>
   <si>
     <t>date cbt</t>
   </si>
   <si>
     <t>2020-11-15 14:18:41</t>
   </si>
   <si>
+    <t>114-1090255-6877000 1028 21.15</t>
+  </si>
+  <si>
+    <t>2020-11-15 00:00:00</t>
+  </si>
+  <si>
     <t xml:space="preserve">  493178.00</t>
-  </si>
-[...4 lines deleted...]
-    <t>114-1090255-6877000 1028 21.15</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1140,51 +1140,51 @@
       </c>
       <c r="C20">
         <v>493178</v>
       </c>
       <c r="D20">
         <v>207363393</v>
       </c>
       <c r="E20" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
         <v>44</v>
       </c>
       <c r="G20" t="s">
         <v>46</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70290761</v>
+        <v>70746959</v>
       </c>
       <c r="B21">
         <v>2.0736339349318E+14</v>
       </c>
       <c r="C21">
         <v>493178</v>
       </c>
       <c r="D21">
         <v>207363393</v>
       </c>
       <c r="E21" t="s">
         <v>47</v>
       </c>
       <c r="F21" t="s">
         <v>48</v>
       </c>
       <c r="G21" t="s">
         <v>49</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="22" spans="1:9">
@@ -1283,132 +1283,132 @@
       </c>
       <c r="C25">
         <v>493178</v>
       </c>
       <c r="D25">
         <v>207363393</v>
       </c>
       <c r="E25" t="s">
         <v>50</v>
       </c>
       <c r="F25" t="s">
         <v>51</v>
       </c>
       <c r="G25" t="s">
         <v>56</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70290764</v>
+        <v>70746964</v>
       </c>
       <c r="B26">
         <v>2.0736339349318E+14</v>
       </c>
       <c r="C26">
         <v>493178</v>
       </c>
       <c r="D26">
         <v>207363393</v>
       </c>
       <c r="E26" t="s">
         <v>47</v>
       </c>
       <c r="F26" t="s">
         <v>57</v>
       </c>
       <c r="G26" t="s">
         <v>58</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70290765</v>
+        <v>70746965</v>
       </c>
       <c r="B27">
         <v>2.0736339349318E+14</v>
       </c>
       <c r="C27">
         <v>493178</v>
       </c>
       <c r="D27">
         <v>207363393</v>
       </c>
       <c r="E27" t="s">
         <v>47</v>
       </c>
       <c r="F27" t="s">
         <v>59</v>
       </c>
       <c r="G27" t="s">
         <v>60</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70290762</v>
+        <v>70746962</v>
       </c>
       <c r="B28">
         <v>2.0736339349318E+14</v>
       </c>
       <c r="C28">
         <v>493178</v>
       </c>
       <c r="D28">
         <v>207363393</v>
       </c>
       <c r="E28" t="s">
         <v>47</v>
       </c>
       <c r="F28" t="s">
         <v>61</v>
       </c>
       <c r="G28" t="s">
         <v>62</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70290763</v>
+        <v>70746961</v>
       </c>
       <c r="B29">
         <v>2.0736339349318E+14</v>
       </c>
       <c r="C29">
         <v>493178</v>
       </c>
       <c r="D29">
         <v>207363393</v>
       </c>
       <c r="E29" t="s">
         <v>47</v>
       </c>
       <c r="F29" t="s">
         <v>63</v>
       </c>
       <c r="G29" t="s">
         <v>62</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>