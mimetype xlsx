--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -983,51 +983,51 @@
       </c>
       <c r="C15">
         <v>493650</v>
       </c>
       <c r="D15">
         <v>207445983</v>
       </c>
       <c r="E15" t="s">
         <v>17</v>
       </c>
       <c r="F15" t="s">
         <v>38</v>
       </c>
       <c r="G15" t="s">
         <v>39</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70290634</v>
+        <v>70746722</v>
       </c>
       <c r="B16">
         <v>2.0744598349365E+14</v>
       </c>
       <c r="C16">
         <v>493650</v>
       </c>
       <c r="D16">
         <v>207445983</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>41</v>
       </c>
       <c r="G16" t="s">
         <v>42</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:9">
@@ -1184,105 +1184,105 @@
       </c>
       <c r="C22">
         <v>493650</v>
       </c>
       <c r="D22">
         <v>207445983</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
         <v>29</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70290636</v>
+        <v>70746730</v>
       </c>
       <c r="B23">
         <v>2.0744598349365E+14</v>
       </c>
       <c r="C23">
         <v>493650</v>
       </c>
       <c r="D23">
         <v>207445983</v>
       </c>
       <c r="E23" t="s">
         <v>40</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70290637</v>
+        <v>70746731</v>
       </c>
       <c r="B24">
         <v>2.0744598349365E+14</v>
       </c>
       <c r="C24">
         <v>493650</v>
       </c>
       <c r="D24">
         <v>207445983</v>
       </c>
       <c r="E24" t="s">
         <v>40</v>
       </c>
       <c r="F24" t="s">
         <v>56</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70290635</v>
+        <v>70746727</v>
       </c>
       <c r="B25">
         <v>2.0744598349365E+14</v>
       </c>
       <c r="C25">
         <v>493650</v>
       </c>
       <c r="D25">
         <v>207445983</v>
       </c>
       <c r="E25" t="s">
         <v>40</v>
       </c>
       <c r="F25" t="s">
         <v>58</v>
       </c>
       <c r="G25" t="s">
         <v>59</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>