--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -928,51 +928,51 @@
       </c>
       <c r="C13">
         <v>495937</v>
       </c>
       <c r="D13">
         <v>207536453</v>
       </c>
       <c r="E13" t="s">
         <v>17</v>
       </c>
       <c r="F13" t="s">
         <v>33</v>
       </c>
       <c r="G13" t="s">
         <v>34</v>
       </c>
       <c r="H13" t="s">
         <v>12</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>70287090</v>
+        <v>70742615</v>
       </c>
       <c r="B14">
         <v>2.0753645349594E+14</v>
       </c>
       <c r="C14">
         <v>495937</v>
       </c>
       <c r="D14">
         <v>207536453</v>
       </c>
       <c r="E14" t="s">
         <v>35</v>
       </c>
       <c r="F14" t="s">
         <v>36</v>
       </c>
       <c r="G14" t="s">
         <v>37</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="15" spans="1:9">
@@ -1216,105 +1216,105 @@
       </c>
       <c r="C23">
         <v>495937</v>
       </c>
       <c r="D23">
         <v>207536453</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>31</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70287092</v>
+        <v>70742617</v>
       </c>
       <c r="B24">
         <v>2.0753645349594E+14</v>
       </c>
       <c r="C24">
         <v>495937</v>
       </c>
       <c r="D24">
         <v>207536453</v>
       </c>
       <c r="E24" t="s">
         <v>35</v>
       </c>
       <c r="F24" t="s">
         <v>55</v>
       </c>
       <c r="G24" t="s">
         <v>56</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70287093</v>
+        <v>70742618</v>
       </c>
       <c r="B25">
         <v>2.0753645349594E+14</v>
       </c>
       <c r="C25">
         <v>495937</v>
       </c>
       <c r="D25">
         <v>207536453</v>
       </c>
       <c r="E25" t="s">
         <v>35</v>
       </c>
       <c r="F25" t="s">
         <v>57</v>
       </c>
       <c r="G25" t="s">
         <v>58</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70287091</v>
+        <v>70742616</v>
       </c>
       <c r="B26">
         <v>2.0753645349594E+14</v>
       </c>
       <c r="C26">
         <v>495937</v>
       </c>
       <c r="D26">
         <v>207536453</v>
       </c>
       <c r="E26" t="s">
         <v>35</v>
       </c>
       <c r="F26" t="s">
         <v>59</v>
       </c>
       <c r="G26" t="s">
         <v>60</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>