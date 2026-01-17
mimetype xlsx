--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -881,51 +881,51 @@
       </c>
       <c r="C12">
         <v>497548</v>
       </c>
       <c r="D12">
         <v>207772833</v>
       </c>
       <c r="E12" t="s">
         <v>14</v>
       </c>
       <c r="F12" t="s">
         <v>30</v>
       </c>
       <c r="G12" t="s">
         <v>31</v>
       </c>
       <c r="H12" t="s">
         <v>12</v>
       </c>
       <c r="I12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>70286518</v>
+        <v>70741901</v>
       </c>
       <c r="B13">
         <v>2.0777283349755E+14</v>
       </c>
       <c r="C13">
         <v>497548</v>
       </c>
       <c r="D13">
         <v>207772833</v>
       </c>
       <c r="E13" t="s">
         <v>32</v>
       </c>
       <c r="F13" t="s">
         <v>33</v>
       </c>
       <c r="G13" t="s">
         <v>34</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:9">
@@ -1111,105 +1111,105 @@
       </c>
       <c r="C20">
         <v>497548</v>
       </c>
       <c r="D20">
         <v>207772833</v>
       </c>
       <c r="E20" t="s">
         <v>14</v>
       </c>
       <c r="F20" t="s">
         <v>28</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70286520</v>
+        <v>70741903</v>
       </c>
       <c r="B21">
         <v>2.0777283349755E+14</v>
       </c>
       <c r="C21">
         <v>497548</v>
       </c>
       <c r="D21">
         <v>207772833</v>
       </c>
       <c r="E21" t="s">
         <v>32</v>
       </c>
       <c r="F21" t="s">
         <v>49</v>
       </c>
       <c r="G21" t="s">
         <v>50</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70286521</v>
+        <v>70741904</v>
       </c>
       <c r="B22">
         <v>2.0777283349755E+14</v>
       </c>
       <c r="C22">
         <v>497548</v>
       </c>
       <c r="D22">
         <v>207772833</v>
       </c>
       <c r="E22" t="s">
         <v>32</v>
       </c>
       <c r="F22" t="s">
         <v>51</v>
       </c>
       <c r="G22" t="s">
         <v>52</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70286519</v>
+        <v>70741902</v>
       </c>
       <c r="B23">
         <v>2.0777283349755E+14</v>
       </c>
       <c r="C23">
         <v>497548</v>
       </c>
       <c r="D23">
         <v>207772833</v>
       </c>
       <c r="E23" t="s">
         <v>32</v>
       </c>
       <c r="F23" t="s">
         <v>53</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>