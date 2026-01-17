--- v0 (2025-11-29)
+++ v1 (2026-01-17)
@@ -962,51 +962,51 @@
       </c>
       <c r="C15">
         <v>496729</v>
       </c>
       <c r="D15">
         <v>207897213</v>
       </c>
       <c r="E15" t="s">
         <v>14</v>
       </c>
       <c r="F15" t="s">
         <v>37</v>
       </c>
       <c r="G15" t="s">
         <v>39</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70286633</v>
+        <v>70742190</v>
       </c>
       <c r="B16">
         <v>2.0789721349673E+14</v>
       </c>
       <c r="C16">
         <v>496729</v>
       </c>
       <c r="D16">
         <v>207897213</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>41</v>
       </c>
       <c r="G16" t="s">
         <v>42</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="17" spans="1:9">
@@ -1076,105 +1076,105 @@
       </c>
       <c r="C19">
         <v>496729</v>
       </c>
       <c r="D19">
         <v>207897213</v>
       </c>
       <c r="E19" t="s">
         <v>30</v>
       </c>
       <c r="F19" t="s">
         <v>45</v>
       </c>
       <c r="G19" t="s">
         <v>46</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70286639</v>
+        <v>70742192</v>
       </c>
       <c r="B20">
         <v>2.0789721349673E+14</v>
       </c>
       <c r="C20">
         <v>496729</v>
       </c>
       <c r="D20">
         <v>207897213</v>
       </c>
       <c r="E20" t="s">
         <v>40</v>
       </c>
       <c r="F20" t="s">
         <v>47</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70286640</v>
+        <v>70742193</v>
       </c>
       <c r="B21">
         <v>2.0789721349673E+14</v>
       </c>
       <c r="C21">
         <v>496729</v>
       </c>
       <c r="D21">
         <v>207897213</v>
       </c>
       <c r="E21" t="s">
         <v>40</v>
       </c>
       <c r="F21" t="s">
         <v>49</v>
       </c>
       <c r="G21" t="s">
         <v>50</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70286636</v>
+        <v>70742191</v>
       </c>
       <c r="B22">
         <v>2.0789721349673E+14</v>
       </c>
       <c r="C22">
         <v>496729</v>
       </c>
       <c r="D22">
         <v>207897213</v>
       </c>
       <c r="E22" t="s">
         <v>40</v>
       </c>
       <c r="F22" t="s">
         <v>51</v>
       </c>
       <c r="G22" t="s">
         <v>52</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>