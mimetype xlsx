--- v0 (2025-10-12)
+++ v1 (2025-12-25)
@@ -515,78 +515,78 @@
       <c r="B3">
         <v>2.0798967748156E+14</v>
       </c>
       <c r="C3">
         <v>481565</v>
       </c>
       <c r="D3">
         <v>207989677</v>
       </c>
       <c r="E3" t="s">
         <v>13</v>
       </c>
       <c r="F3" t="s">
         <v>14</v>
       </c>
       <c r="G3" t="s">
         <v>15</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69885605</v>
+        <v>70415570</v>
       </c>
       <c r="B4">
         <v>2.0798967748156E+14</v>
       </c>
       <c r="C4">
         <v>481565</v>
       </c>
       <c r="D4">
         <v>207989677</v>
       </c>
       <c r="E4" t="s">
         <v>16</v>
       </c>
       <c r="F4" t="s">
         <v>17</v>
       </c>
       <c r="G4" t="s">
         <v>18</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69885606</v>
+        <v>70415571</v>
       </c>
       <c r="B5">
         <v>2.0798967748156E+14</v>
       </c>
       <c r="C5">
         <v>481565</v>
       </c>
       <c r="D5">
         <v>207989677</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" t="s">
         <v>20</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>