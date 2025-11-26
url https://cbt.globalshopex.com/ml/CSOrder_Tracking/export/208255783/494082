--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -1233,51 +1233,51 @@
       </c>
       <c r="C23">
         <v>494082</v>
       </c>
       <c r="D23">
         <v>208255783</v>
       </c>
       <c r="E23" t="s">
         <v>50</v>
       </c>
       <c r="F23" t="s">
         <v>51</v>
       </c>
       <c r="G23" t="s">
         <v>52</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69652091</v>
+        <v>70260548</v>
       </c>
       <c r="B24">
         <v>2.0825578349408E+14</v>
       </c>
       <c r="C24">
         <v>494082</v>
       </c>
       <c r="D24">
         <v>208255783</v>
       </c>
       <c r="E24" t="s">
         <v>53</v>
       </c>
       <c r="F24" t="s">
         <v>54</v>
       </c>
       <c r="G24" t="s">
         <v>55</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="25" spans="1:9">
@@ -1347,105 +1347,105 @@
       </c>
       <c r="C27">
         <v>494082</v>
       </c>
       <c r="D27">
         <v>208255783</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
       <c r="F27" t="s">
         <v>25</v>
       </c>
       <c r="G27" t="s">
         <v>59</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69652093</v>
+        <v>70260550</v>
       </c>
       <c r="B28">
         <v>2.0825578349408E+14</v>
       </c>
       <c r="C28">
         <v>494082</v>
       </c>
       <c r="D28">
         <v>208255783</v>
       </c>
       <c r="E28" t="s">
         <v>53</v>
       </c>
       <c r="F28" t="s">
         <v>60</v>
       </c>
       <c r="G28" t="s">
         <v>61</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69652094</v>
+        <v>70260551</v>
       </c>
       <c r="B29">
         <v>2.0825578349408E+14</v>
       </c>
       <c r="C29">
         <v>494082</v>
       </c>
       <c r="D29">
         <v>208255783</v>
       </c>
       <c r="E29" t="s">
         <v>53</v>
       </c>
       <c r="F29" t="s">
         <v>62</v>
       </c>
       <c r="G29" t="s">
         <v>63</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69652092</v>
+        <v>70260549</v>
       </c>
       <c r="B30">
         <v>2.0825578349408E+14</v>
       </c>
       <c r="C30">
         <v>494082</v>
       </c>
       <c r="D30">
         <v>208255783</v>
       </c>
       <c r="E30" t="s">
         <v>53</v>
       </c>
       <c r="F30" t="s">
         <v>64</v>
       </c>
       <c r="G30" t="s">
         <v>65</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>