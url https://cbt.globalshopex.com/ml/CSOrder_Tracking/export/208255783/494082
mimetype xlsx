--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1233,51 +1233,51 @@
       </c>
       <c r="C23">
         <v>494082</v>
       </c>
       <c r="D23">
         <v>208255783</v>
       </c>
       <c r="E23" t="s">
         <v>50</v>
       </c>
       <c r="F23" t="s">
         <v>51</v>
       </c>
       <c r="G23" t="s">
         <v>52</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70260548</v>
+        <v>70601467</v>
       </c>
       <c r="B24">
         <v>2.0825578349408E+14</v>
       </c>
       <c r="C24">
         <v>494082</v>
       </c>
       <c r="D24">
         <v>208255783</v>
       </c>
       <c r="E24" t="s">
         <v>53</v>
       </c>
       <c r="F24" t="s">
         <v>54</v>
       </c>
       <c r="G24" t="s">
         <v>55</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="25" spans="1:9">
@@ -1347,105 +1347,105 @@
       </c>
       <c r="C27">
         <v>494082</v>
       </c>
       <c r="D27">
         <v>208255783</v>
       </c>
       <c r="E27" t="s">
         <v>9</v>
       </c>
       <c r="F27" t="s">
         <v>25</v>
       </c>
       <c r="G27" t="s">
         <v>59</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70260550</v>
+        <v>70601469</v>
       </c>
       <c r="B28">
         <v>2.0825578349408E+14</v>
       </c>
       <c r="C28">
         <v>494082</v>
       </c>
       <c r="D28">
         <v>208255783</v>
       </c>
       <c r="E28" t="s">
         <v>53</v>
       </c>
       <c r="F28" t="s">
         <v>60</v>
       </c>
       <c r="G28" t="s">
         <v>61</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70260551</v>
+        <v>70601470</v>
       </c>
       <c r="B29">
         <v>2.0825578349408E+14</v>
       </c>
       <c r="C29">
         <v>494082</v>
       </c>
       <c r="D29">
         <v>208255783</v>
       </c>
       <c r="E29" t="s">
         <v>53</v>
       </c>
       <c r="F29" t="s">
         <v>62</v>
       </c>
       <c r="G29" t="s">
         <v>63</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70260549</v>
+        <v>70601468</v>
       </c>
       <c r="B30">
         <v>2.0825578349408E+14</v>
       </c>
       <c r="C30">
         <v>494082</v>
       </c>
       <c r="D30">
         <v>208255783</v>
       </c>
       <c r="E30" t="s">
         <v>53</v>
       </c>
       <c r="F30" t="s">
         <v>64</v>
       </c>
       <c r="G30" t="s">
         <v>65</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>