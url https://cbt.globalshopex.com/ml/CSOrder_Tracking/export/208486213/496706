--- v0 (2025-11-29)
+++ v1 (2026-01-17)
@@ -1012,51 +1012,51 @@
       </c>
       <c r="C16">
         <v>496706</v>
       </c>
       <c r="D16">
         <v>208486213</v>
       </c>
       <c r="E16" t="s">
         <v>17</v>
       </c>
       <c r="F16" t="s">
         <v>25</v>
       </c>
       <c r="G16" t="s">
         <v>38</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>70286661</v>
+        <v>70742172</v>
       </c>
       <c r="B17">
         <v>2.0848621349671E+14</v>
       </c>
       <c r="C17">
         <v>496706</v>
       </c>
       <c r="D17">
         <v>208486213</v>
       </c>
       <c r="E17" t="s">
         <v>39</v>
       </c>
       <c r="F17" t="s">
         <v>40</v>
       </c>
       <c r="G17" t="s">
         <v>41</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="18" spans="1:9">
@@ -1242,105 +1242,105 @@
       </c>
       <c r="C24">
         <v>496706</v>
       </c>
       <c r="D24">
         <v>208486213</v>
       </c>
       <c r="E24" t="s">
         <v>17</v>
       </c>
       <c r="F24" t="s">
         <v>32</v>
       </c>
       <c r="G24" t="s">
         <v>53</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70286663</v>
+        <v>70742184</v>
       </c>
       <c r="B25">
         <v>2.0848621349671E+14</v>
       </c>
       <c r="C25">
         <v>496706</v>
       </c>
       <c r="D25">
         <v>208486213</v>
       </c>
       <c r="E25" t="s">
         <v>39</v>
       </c>
       <c r="F25" t="s">
         <v>54</v>
       </c>
       <c r="G25" t="s">
         <v>55</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70286664</v>
+        <v>70742186</v>
       </c>
       <c r="B26">
         <v>2.0848621349671E+14</v>
       </c>
       <c r="C26">
         <v>496706</v>
       </c>
       <c r="D26">
         <v>208486213</v>
       </c>
       <c r="E26" t="s">
         <v>39</v>
       </c>
       <c r="F26" t="s">
         <v>56</v>
       </c>
       <c r="G26" t="s">
         <v>57</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70286662</v>
+        <v>70742177</v>
       </c>
       <c r="B27">
         <v>2.0848621349671E+14</v>
       </c>
       <c r="C27">
         <v>496706</v>
       </c>
       <c r="D27">
         <v>208486213</v>
       </c>
       <c r="E27" t="s">
         <v>39</v>
       </c>
       <c r="F27" t="s">
         <v>58</v>
       </c>
       <c r="G27" t="s">
         <v>59</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>