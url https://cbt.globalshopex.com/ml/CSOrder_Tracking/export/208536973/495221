--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1335,51 +1335,51 @@
       </c>
       <c r="C26">
         <v>495221</v>
       </c>
       <c r="D26">
         <v>208536973</v>
       </c>
       <c r="E26" t="s">
         <v>17</v>
       </c>
       <c r="F26" t="s">
         <v>53</v>
       </c>
       <c r="G26" t="s">
         <v>54</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70287229</v>
+        <v>70742865</v>
       </c>
       <c r="B27">
         <v>2.0853697349522E+14</v>
       </c>
       <c r="C27">
         <v>495221</v>
       </c>
       <c r="D27">
         <v>208536973</v>
       </c>
       <c r="E27" t="s">
         <v>55</v>
       </c>
       <c r="F27" t="s">
         <v>56</v>
       </c>
       <c r="G27" t="s">
         <v>57</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:9">
@@ -1478,105 +1478,105 @@
       </c>
       <c r="C31">
         <v>495221</v>
       </c>
       <c r="D31">
         <v>208536973</v>
       </c>
       <c r="E31" t="s">
         <v>58</v>
       </c>
       <c r="F31" t="s">
         <v>59</v>
       </c>
       <c r="G31" t="s">
         <v>64</v>
       </c>
       <c r="H31" t="s">
         <v>12</v>
       </c>
       <c r="I31" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>70287231</v>
+        <v>70742870</v>
       </c>
       <c r="B32">
         <v>2.0853697349522E+14</v>
       </c>
       <c r="C32">
         <v>495221</v>
       </c>
       <c r="D32">
         <v>208536973</v>
       </c>
       <c r="E32" t="s">
         <v>55</v>
       </c>
       <c r="F32" t="s">
         <v>65</v>
       </c>
       <c r="G32" t="s">
         <v>66</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>70287232</v>
+        <v>70742871</v>
       </c>
       <c r="B33">
         <v>2.0853697349522E+14</v>
       </c>
       <c r="C33">
         <v>495221</v>
       </c>
       <c r="D33">
         <v>208536973</v>
       </c>
       <c r="E33" t="s">
         <v>55</v>
       </c>
       <c r="F33" t="s">
         <v>67</v>
       </c>
       <c r="G33" t="s">
         <v>68</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>70287230</v>
+        <v>70742867</v>
       </c>
       <c r="B34">
         <v>2.0853697349522E+14</v>
       </c>
       <c r="C34">
         <v>495221</v>
       </c>
       <c r="D34">
         <v>208536973</v>
       </c>
       <c r="E34" t="s">
         <v>55</v>
       </c>
       <c r="F34" t="s">
         <v>69</v>
       </c>
       <c r="G34" t="s">
         <v>70</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>