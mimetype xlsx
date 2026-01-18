--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -748,51 +748,51 @@
       </c>
       <c r="C7">
         <v>494998</v>
       </c>
       <c r="D7">
         <v>208623273</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
         <v>24</v>
       </c>
       <c r="H7" t="s">
         <v>12</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>70287285</v>
+        <v>70742889</v>
       </c>
       <c r="B8">
         <v>2.08623273495E+14</v>
       </c>
       <c r="C8">
         <v>494998</v>
       </c>
       <c r="D8">
         <v>208623273</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8" t="s">
         <v>26</v>
       </c>
       <c r="G8" t="s">
         <v>27</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:9">
@@ -1181,105 +1181,105 @@
       </c>
       <c r="C22">
         <v>494998</v>
       </c>
       <c r="D22">
         <v>208623273</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
         <v>31</v>
       </c>
       <c r="G22" t="s">
         <v>52</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70287286</v>
+        <v>70742890</v>
       </c>
       <c r="B23">
         <v>2.08623273495E+14</v>
       </c>
       <c r="C23">
         <v>494998</v>
       </c>
       <c r="D23">
         <v>208623273</v>
       </c>
       <c r="E23" t="s">
         <v>25</v>
       </c>
       <c r="F23" t="s">
         <v>53</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70287287</v>
+        <v>70742891</v>
       </c>
       <c r="B24">
         <v>2.08623273495E+14</v>
       </c>
       <c r="C24">
         <v>494998</v>
       </c>
       <c r="D24">
         <v>208623273</v>
       </c>
       <c r="E24" t="s">
         <v>25</v>
       </c>
       <c r="F24" t="s">
         <v>55</v>
       </c>
       <c r="G24" t="s">
         <v>56</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70287288</v>
+        <v>70742892</v>
       </c>
       <c r="B25">
         <v>2.08623273495E+14</v>
       </c>
       <c r="C25">
         <v>494998</v>
       </c>
       <c r="D25">
         <v>208623273</v>
       </c>
       <c r="E25" t="s">
         <v>25</v>
       </c>
       <c r="F25" t="s">
         <v>57</v>
       </c>
       <c r="G25" t="s">
         <v>58</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>