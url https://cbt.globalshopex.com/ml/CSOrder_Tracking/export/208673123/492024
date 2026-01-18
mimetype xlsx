--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1024,51 +1024,51 @@
       </c>
       <c r="C16">
         <v>492024</v>
       </c>
       <c r="D16">
         <v>208673123</v>
       </c>
       <c r="E16" t="s">
         <v>17</v>
       </c>
       <c r="F16" t="s">
         <v>37</v>
       </c>
       <c r="G16" t="s">
         <v>39</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>70291013</v>
+        <v>70747456</v>
       </c>
       <c r="B17">
         <v>2.0867312349202E+14</v>
       </c>
       <c r="C17">
         <v>492024</v>
       </c>
       <c r="D17">
         <v>208673123</v>
       </c>
       <c r="E17" t="s">
         <v>40</v>
       </c>
       <c r="F17" t="s">
         <v>41</v>
       </c>
       <c r="G17" t="s">
         <v>42</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:9">
@@ -1312,105 +1312,105 @@
       </c>
       <c r="C26">
         <v>492024</v>
       </c>
       <c r="D26">
         <v>208673123</v>
       </c>
       <c r="E26" t="s">
         <v>51</v>
       </c>
       <c r="F26" t="s">
         <v>52</v>
       </c>
       <c r="G26" t="s">
         <v>57</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70291015</v>
+        <v>70747458</v>
       </c>
       <c r="B27">
         <v>2.0867312349202E+14</v>
       </c>
       <c r="C27">
         <v>492024</v>
       </c>
       <c r="D27">
         <v>208673123</v>
       </c>
       <c r="E27" t="s">
         <v>40</v>
       </c>
       <c r="F27" t="s">
         <v>58</v>
       </c>
       <c r="G27" t="s">
         <v>59</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70291016</v>
+        <v>70747459</v>
       </c>
       <c r="B28">
         <v>2.0867312349202E+14</v>
       </c>
       <c r="C28">
         <v>492024</v>
       </c>
       <c r="D28">
         <v>208673123</v>
       </c>
       <c r="E28" t="s">
         <v>40</v>
       </c>
       <c r="F28" t="s">
         <v>60</v>
       </c>
       <c r="G28" t="s">
         <v>61</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70291014</v>
+        <v>70747457</v>
       </c>
       <c r="B29">
         <v>2.0867312349202E+14</v>
       </c>
       <c r="C29">
         <v>492024</v>
       </c>
       <c r="D29">
         <v>208673123</v>
       </c>
       <c r="E29" t="s">
         <v>40</v>
       </c>
       <c r="F29" t="s">
         <v>62</v>
       </c>
       <c r="G29" t="s">
         <v>63</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>