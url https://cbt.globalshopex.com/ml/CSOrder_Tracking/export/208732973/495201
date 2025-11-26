--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -965,51 +965,51 @@
       </c>
       <c r="C15">
         <v>495201</v>
       </c>
       <c r="D15">
         <v>208732973</v>
       </c>
       <c r="E15" t="s">
         <v>15</v>
       </c>
       <c r="F15" t="s">
         <v>33</v>
       </c>
       <c r="G15" t="s">
         <v>34</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69652280</v>
+        <v>70254314</v>
       </c>
       <c r="B16">
         <v>2.087329734952E+14</v>
       </c>
       <c r="C16">
         <v>495201</v>
       </c>
       <c r="D16">
         <v>208732973</v>
       </c>
       <c r="E16" t="s">
         <v>35</v>
       </c>
       <c r="F16" t="s">
         <v>36</v>
       </c>
       <c r="G16" t="s">
         <v>37</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:9">
@@ -1137,105 +1137,105 @@
       </c>
       <c r="C21">
         <v>495201</v>
       </c>
       <c r="D21">
         <v>208732973</v>
       </c>
       <c r="E21" t="s">
         <v>43</v>
       </c>
       <c r="F21" t="s">
         <v>46</v>
       </c>
       <c r="G21" t="s">
         <v>47</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69652282</v>
+        <v>70254318</v>
       </c>
       <c r="B22">
         <v>2.087329734952E+14</v>
       </c>
       <c r="C22">
         <v>495201</v>
       </c>
       <c r="D22">
         <v>208732973</v>
       </c>
       <c r="E22" t="s">
         <v>35</v>
       </c>
       <c r="F22" t="s">
         <v>48</v>
       </c>
       <c r="G22" t="s">
         <v>49</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69652283</v>
+        <v>70254319</v>
       </c>
       <c r="B23">
         <v>2.087329734952E+14</v>
       </c>
       <c r="C23">
         <v>495201</v>
       </c>
       <c r="D23">
         <v>208732973</v>
       </c>
       <c r="E23" t="s">
         <v>35</v>
       </c>
       <c r="F23" t="s">
         <v>50</v>
       </c>
       <c r="G23" t="s">
         <v>51</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69652281</v>
+        <v>70254316</v>
       </c>
       <c r="B24">
         <v>2.087329734952E+14</v>
       </c>
       <c r="C24">
         <v>495201</v>
       </c>
       <c r="D24">
         <v>208732973</v>
       </c>
       <c r="E24" t="s">
         <v>35</v>
       </c>
       <c r="F24" t="s">
         <v>52</v>
       </c>
       <c r="G24" t="s">
         <v>53</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>