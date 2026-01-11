--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -965,51 +965,51 @@
       </c>
       <c r="C15">
         <v>495201</v>
       </c>
       <c r="D15">
         <v>208732973</v>
       </c>
       <c r="E15" t="s">
         <v>15</v>
       </c>
       <c r="F15" t="s">
         <v>33</v>
       </c>
       <c r="G15" t="s">
         <v>34</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70254314</v>
+        <v>70601428</v>
       </c>
       <c r="B16">
         <v>2.087329734952E+14</v>
       </c>
       <c r="C16">
         <v>495201</v>
       </c>
       <c r="D16">
         <v>208732973</v>
       </c>
       <c r="E16" t="s">
         <v>35</v>
       </c>
       <c r="F16" t="s">
         <v>36</v>
       </c>
       <c r="G16" t="s">
         <v>37</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:9">
@@ -1137,105 +1137,105 @@
       </c>
       <c r="C21">
         <v>495201</v>
       </c>
       <c r="D21">
         <v>208732973</v>
       </c>
       <c r="E21" t="s">
         <v>43</v>
       </c>
       <c r="F21" t="s">
         <v>46</v>
       </c>
       <c r="G21" t="s">
         <v>47</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70254318</v>
+        <v>70601430</v>
       </c>
       <c r="B22">
         <v>2.087329734952E+14</v>
       </c>
       <c r="C22">
         <v>495201</v>
       </c>
       <c r="D22">
         <v>208732973</v>
       </c>
       <c r="E22" t="s">
         <v>35</v>
       </c>
       <c r="F22" t="s">
         <v>48</v>
       </c>
       <c r="G22" t="s">
         <v>49</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70254319</v>
+        <v>70601431</v>
       </c>
       <c r="B23">
         <v>2.087329734952E+14</v>
       </c>
       <c r="C23">
         <v>495201</v>
       </c>
       <c r="D23">
         <v>208732973</v>
       </c>
       <c r="E23" t="s">
         <v>35</v>
       </c>
       <c r="F23" t="s">
         <v>50</v>
       </c>
       <c r="G23" t="s">
         <v>51</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70254316</v>
+        <v>70601429</v>
       </c>
       <c r="B24">
         <v>2.087329734952E+14</v>
       </c>
       <c r="C24">
         <v>495201</v>
       </c>
       <c r="D24">
         <v>208732973</v>
       </c>
       <c r="E24" t="s">
         <v>35</v>
       </c>
       <c r="F24" t="s">
         <v>52</v>
       </c>
       <c r="G24" t="s">
         <v>53</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>