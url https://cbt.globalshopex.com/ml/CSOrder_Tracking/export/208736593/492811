--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -690,51 +690,51 @@
       </c>
       <c r="C5">
         <v>492811</v>
       </c>
       <c r="D5">
         <v>208736593</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5" t="s">
         <v>12</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>70290908</v>
+        <v>70746931</v>
       </c>
       <c r="B6">
         <v>2.0873659349281E+14</v>
       </c>
       <c r="C6">
         <v>492811</v>
       </c>
       <c r="D6">
         <v>208736593</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" t="s">
         <v>24</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:9">
@@ -1181,105 +1181,105 @@
       </c>
       <c r="C22">
         <v>492811</v>
       </c>
       <c r="D22">
         <v>208736593</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
         <v>35</v>
       </c>
       <c r="G22" t="s">
         <v>52</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70290910</v>
+        <v>70746933</v>
       </c>
       <c r="B23">
         <v>2.0873659349281E+14</v>
       </c>
       <c r="C23">
         <v>492811</v>
       </c>
       <c r="D23">
         <v>208736593</v>
       </c>
       <c r="E23" t="s">
         <v>22</v>
       </c>
       <c r="F23" t="s">
         <v>53</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70290911</v>
+        <v>70746934</v>
       </c>
       <c r="B24">
         <v>2.0873659349281E+14</v>
       </c>
       <c r="C24">
         <v>492811</v>
       </c>
       <c r="D24">
         <v>208736593</v>
       </c>
       <c r="E24" t="s">
         <v>22</v>
       </c>
       <c r="F24" t="s">
         <v>55</v>
       </c>
       <c r="G24" t="s">
         <v>56</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70290909</v>
+        <v>70746932</v>
       </c>
       <c r="B25">
         <v>2.0873659349281E+14</v>
       </c>
       <c r="C25">
         <v>492811</v>
       </c>
       <c r="D25">
         <v>208736593</v>
       </c>
       <c r="E25" t="s">
         <v>22</v>
       </c>
       <c r="F25" t="s">
         <v>57</v>
       </c>
       <c r="G25" t="s">
         <v>58</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>