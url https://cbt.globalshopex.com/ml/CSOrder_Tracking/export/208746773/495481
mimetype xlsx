--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1169,51 +1169,51 @@
       </c>
       <c r="C21">
         <v>495481</v>
       </c>
       <c r="D21">
         <v>208746773</v>
       </c>
       <c r="E21" t="s">
         <v>17</v>
       </c>
       <c r="F21" t="s">
         <v>46</v>
       </c>
       <c r="G21" t="s">
         <v>47</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70287233</v>
+        <v>70742852</v>
       </c>
       <c r="B22">
         <v>2.0874677349548E+14</v>
       </c>
       <c r="C22">
         <v>495481</v>
       </c>
       <c r="D22">
         <v>208746773</v>
       </c>
       <c r="E22" t="s">
         <v>48</v>
       </c>
       <c r="F22" t="s">
         <v>49</v>
       </c>
       <c r="G22" t="s">
         <v>50</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="23" spans="1:9">
@@ -1312,105 +1312,105 @@
       </c>
       <c r="C26">
         <v>495481</v>
       </c>
       <c r="D26">
         <v>208746773</v>
       </c>
       <c r="E26" t="s">
         <v>17</v>
       </c>
       <c r="F26" t="s">
         <v>31</v>
       </c>
       <c r="G26" t="s">
         <v>57</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70287237</v>
+        <v>70742856</v>
       </c>
       <c r="B27">
         <v>2.0874677349548E+14</v>
       </c>
       <c r="C27">
         <v>495481</v>
       </c>
       <c r="D27">
         <v>208746773</v>
       </c>
       <c r="E27" t="s">
         <v>48</v>
       </c>
       <c r="F27" t="s">
         <v>58</v>
       </c>
       <c r="G27" t="s">
         <v>59</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70287238</v>
+        <v>70742857</v>
       </c>
       <c r="B28">
         <v>2.0874677349548E+14</v>
       </c>
       <c r="C28">
         <v>495481</v>
       </c>
       <c r="D28">
         <v>208746773</v>
       </c>
       <c r="E28" t="s">
         <v>48</v>
       </c>
       <c r="F28" t="s">
         <v>60</v>
       </c>
       <c r="G28" t="s">
         <v>61</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70287234</v>
+        <v>70742854</v>
       </c>
       <c r="B29">
         <v>2.0874677349548E+14</v>
       </c>
       <c r="C29">
         <v>495481</v>
       </c>
       <c r="D29">
         <v>208746773</v>
       </c>
       <c r="E29" t="s">
         <v>48</v>
       </c>
       <c r="F29" t="s">
         <v>62</v>
       </c>
       <c r="G29" t="s">
         <v>63</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>