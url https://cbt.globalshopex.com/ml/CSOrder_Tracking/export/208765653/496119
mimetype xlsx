--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1105,51 +1105,51 @@
       </c>
       <c r="C19">
         <v>496119</v>
       </c>
       <c r="D19">
         <v>208765653</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
         <v>43</v>
       </c>
       <c r="G19" t="s">
         <v>44</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70286789</v>
+        <v>70742501</v>
       </c>
       <c r="B20">
         <v>2.0876565349612E+14</v>
       </c>
       <c r="C20">
         <v>496119</v>
       </c>
       <c r="D20">
         <v>208765653</v>
       </c>
       <c r="E20" t="s">
         <v>45</v>
       </c>
       <c r="F20" t="s">
         <v>46</v>
       </c>
       <c r="G20" t="s">
         <v>47</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:9">
@@ -1277,105 +1277,105 @@
       </c>
       <c r="C25">
         <v>496119</v>
       </c>
       <c r="D25">
         <v>208765653</v>
       </c>
       <c r="E25" t="s">
         <v>49</v>
       </c>
       <c r="F25" t="s">
         <v>50</v>
       </c>
       <c r="G25" t="s">
         <v>55</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70286795</v>
+        <v>70742505</v>
       </c>
       <c r="B26">
         <v>2.0876565349612E+14</v>
       </c>
       <c r="C26">
         <v>496119</v>
       </c>
       <c r="D26">
         <v>208765653</v>
       </c>
       <c r="E26" t="s">
         <v>45</v>
       </c>
       <c r="F26" t="s">
         <v>56</v>
       </c>
       <c r="G26" t="s">
         <v>57</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70286792</v>
+        <v>70742502</v>
       </c>
       <c r="B27">
         <v>2.0876565349612E+14</v>
       </c>
       <c r="C27">
         <v>496119</v>
       </c>
       <c r="D27">
         <v>208765653</v>
       </c>
       <c r="E27" t="s">
         <v>45</v>
       </c>
       <c r="F27" t="s">
         <v>58</v>
       </c>
       <c r="G27" t="s">
         <v>59</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70286796</v>
+        <v>70742506</v>
       </c>
       <c r="B28">
         <v>2.0876565349612E+14</v>
       </c>
       <c r="C28">
         <v>496119</v>
       </c>
       <c r="D28">
         <v>208765653</v>
       </c>
       <c r="E28" t="s">
         <v>45</v>
       </c>
       <c r="F28" t="s">
         <v>60</v>
       </c>
       <c r="G28" t="s">
         <v>61</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>