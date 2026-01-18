--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -864,51 +864,51 @@
       </c>
       <c r="C11">
         <v>492416</v>
       </c>
       <c r="D11">
         <v>208827693</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>31</v>
       </c>
       <c r="G11" t="s">
         <v>32</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70290956</v>
+        <v>70747282</v>
       </c>
       <c r="B12">
         <v>2.0882769349242E+14</v>
       </c>
       <c r="C12">
         <v>492416</v>
       </c>
       <c r="D12">
         <v>208827693</v>
       </c>
       <c r="E12" t="s">
         <v>33</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
         <v>35</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:9">
@@ -1152,105 +1152,105 @@
       </c>
       <c r="C21">
         <v>492416</v>
       </c>
       <c r="D21">
         <v>208827693</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>31</v>
       </c>
       <c r="G21" t="s">
         <v>52</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70290958</v>
+        <v>70747284</v>
       </c>
       <c r="B22">
         <v>2.0882769349242E+14</v>
       </c>
       <c r="C22">
         <v>492416</v>
       </c>
       <c r="D22">
         <v>208827693</v>
       </c>
       <c r="E22" t="s">
         <v>33</v>
       </c>
       <c r="F22" t="s">
         <v>53</v>
       </c>
       <c r="G22" t="s">
         <v>54</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70290957</v>
+        <v>70747283</v>
       </c>
       <c r="B23">
         <v>2.0882769349242E+14</v>
       </c>
       <c r="C23">
         <v>492416</v>
       </c>
       <c r="D23">
         <v>208827693</v>
       </c>
       <c r="E23" t="s">
         <v>33</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>56</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70290959</v>
+        <v>70747285</v>
       </c>
       <c r="B24">
         <v>2.0882769349242E+14</v>
       </c>
       <c r="C24">
         <v>492416</v>
       </c>
       <c r="D24">
         <v>208827693</v>
       </c>
       <c r="E24" t="s">
         <v>33</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>