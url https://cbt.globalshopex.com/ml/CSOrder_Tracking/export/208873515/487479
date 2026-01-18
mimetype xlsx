--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -666,51 +666,51 @@
       </c>
       <c r="C3">
         <v>487479</v>
       </c>
       <c r="D3">
         <v>208873515</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>12</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>70291185</v>
+        <v>70747601</v>
       </c>
       <c r="B4">
         <v>2.0887351548748E+14</v>
       </c>
       <c r="C4">
         <v>487479</v>
       </c>
       <c r="D4">
         <v>208873515</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:9">
@@ -1354,105 +1354,105 @@
       </c>
       <c r="C27">
         <v>487479</v>
       </c>
       <c r="D27">
         <v>208873515</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>30</v>
       </c>
       <c r="G27" t="s">
         <v>63</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70291187</v>
+        <v>70747603</v>
       </c>
       <c r="B28">
         <v>2.0887351548748E+14</v>
       </c>
       <c r="C28">
         <v>487479</v>
       </c>
       <c r="D28">
         <v>208873515</v>
       </c>
       <c r="E28" t="s">
         <v>17</v>
       </c>
       <c r="F28" t="s">
         <v>64</v>
       </c>
       <c r="G28" t="s">
         <v>65</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70291188</v>
+        <v>70747604</v>
       </c>
       <c r="B29">
         <v>2.0887351548748E+14</v>
       </c>
       <c r="C29">
         <v>487479</v>
       </c>
       <c r="D29">
         <v>208873515</v>
       </c>
       <c r="E29" t="s">
         <v>17</v>
       </c>
       <c r="F29" t="s">
         <v>66</v>
       </c>
       <c r="G29" t="s">
         <v>67</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70291186</v>
+        <v>70747602</v>
       </c>
       <c r="B30">
         <v>2.0887351548748E+14</v>
       </c>
       <c r="C30">
         <v>487479</v>
       </c>
       <c r="D30">
         <v>208873515</v>
       </c>
       <c r="E30" t="s">
         <v>17</v>
       </c>
       <c r="F30" t="s">
         <v>68</v>
       </c>
       <c r="G30" t="s">
         <v>69</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>