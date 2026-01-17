--- v0 (2025-11-29)
+++ v1 (2026-01-17)
@@ -1230,51 +1230,51 @@
       </c>
       <c r="C23">
         <v>496992</v>
       </c>
       <c r="D23">
         <v>209423813</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>47</v>
       </c>
       <c r="G23" t="s">
         <v>49</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70286625</v>
+        <v>70742170</v>
       </c>
       <c r="B24">
         <v>2.0942381349699E+14</v>
       </c>
       <c r="C24">
         <v>496992</v>
       </c>
       <c r="D24">
         <v>209423813</v>
       </c>
       <c r="E24" t="s">
         <v>50</v>
       </c>
       <c r="F24" t="s">
         <v>51</v>
       </c>
       <c r="G24" t="s">
         <v>52</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:9">
@@ -1344,105 +1344,105 @@
       </c>
       <c r="C27">
         <v>496992</v>
       </c>
       <c r="D27">
         <v>209423813</v>
       </c>
       <c r="E27" t="s">
         <v>17</v>
       </c>
       <c r="F27" t="s">
         <v>26</v>
       </c>
       <c r="G27" t="s">
         <v>58</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70286627</v>
+        <v>70742180</v>
       </c>
       <c r="B28">
         <v>2.0942381349699E+14</v>
       </c>
       <c r="C28">
         <v>496992</v>
       </c>
       <c r="D28">
         <v>209423813</v>
       </c>
       <c r="E28" t="s">
         <v>50</v>
       </c>
       <c r="F28" t="s">
         <v>59</v>
       </c>
       <c r="G28" t="s">
         <v>60</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70286628</v>
+        <v>70742182</v>
       </c>
       <c r="B29">
         <v>2.0942381349699E+14</v>
       </c>
       <c r="C29">
         <v>496992</v>
       </c>
       <c r="D29">
         <v>209423813</v>
       </c>
       <c r="E29" t="s">
         <v>50</v>
       </c>
       <c r="F29" t="s">
         <v>61</v>
       </c>
       <c r="G29" t="s">
         <v>62</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70286626</v>
+        <v>70742174</v>
       </c>
       <c r="B30">
         <v>2.0942381349699E+14</v>
       </c>
       <c r="C30">
         <v>496992</v>
       </c>
       <c r="D30">
         <v>209423813</v>
       </c>
       <c r="E30" t="s">
         <v>50</v>
       </c>
       <c r="F30" t="s">
         <v>63</v>
       </c>
       <c r="G30" t="s">
         <v>64</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>