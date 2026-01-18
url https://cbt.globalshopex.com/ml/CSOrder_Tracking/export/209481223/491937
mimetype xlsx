--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -736,51 +736,51 @@
       </c>
       <c r="C7">
         <v>491937</v>
       </c>
       <c r="D7">
         <v>209481223</v>
       </c>
       <c r="E7" t="s">
         <v>17</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>12</v>
       </c>
       <c r="I7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>70291104</v>
+        <v>70747425</v>
       </c>
       <c r="B8">
         <v>2.0948122349194E+14</v>
       </c>
       <c r="C8">
         <v>491937</v>
       </c>
       <c r="D8">
         <v>209481223</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:9">
@@ -1082,105 +1082,105 @@
       </c>
       <c r="C19">
         <v>491937</v>
       </c>
       <c r="D19">
         <v>209481223</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
         <v>29</v>
       </c>
       <c r="G19" t="s">
         <v>48</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70291106</v>
+        <v>70747432</v>
       </c>
       <c r="B20">
         <v>2.0948122349194E+14</v>
       </c>
       <c r="C20">
         <v>491937</v>
       </c>
       <c r="D20">
         <v>209481223</v>
       </c>
       <c r="E20" t="s">
         <v>26</v>
       </c>
       <c r="F20" t="s">
         <v>49</v>
       </c>
       <c r="G20" t="s">
         <v>50</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70291107</v>
+        <v>70747435</v>
       </c>
       <c r="B21">
         <v>2.0948122349194E+14</v>
       </c>
       <c r="C21">
         <v>491937</v>
       </c>
       <c r="D21">
         <v>209481223</v>
       </c>
       <c r="E21" t="s">
         <v>26</v>
       </c>
       <c r="F21" t="s">
         <v>51</v>
       </c>
       <c r="G21" t="s">
         <v>52</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70291105</v>
+        <v>70747428</v>
       </c>
       <c r="B22">
         <v>2.0948122349194E+14</v>
       </c>
       <c r="C22">
         <v>491937</v>
       </c>
       <c r="D22">
         <v>209481223</v>
       </c>
       <c r="E22" t="s">
         <v>26</v>
       </c>
       <c r="F22" t="s">
         <v>53</v>
       </c>
       <c r="G22" t="s">
         <v>54</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>26</v>
       </c>
     </row>
   </sheetData>