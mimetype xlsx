--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -800,51 +800,51 @@
       </c>
       <c r="C9">
         <v>491890</v>
       </c>
       <c r="D9">
         <v>209523343</v>
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
         <v>27</v>
       </c>
       <c r="G9" t="s">
         <v>28</v>
       </c>
       <c r="H9" t="s">
         <v>12</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>70291053</v>
+        <v>70747610</v>
       </c>
       <c r="B10">
         <v>2.0952334349189E+14</v>
       </c>
       <c r="C10">
         <v>491890</v>
       </c>
       <c r="D10">
         <v>209523343</v>
       </c>
       <c r="E10" t="s">
         <v>29</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>31</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:9">
@@ -1117,105 +1117,105 @@
       </c>
       <c r="C20">
         <v>491890</v>
       </c>
       <c r="D20">
         <v>209523343</v>
       </c>
       <c r="E20" t="s">
         <v>17</v>
       </c>
       <c r="F20" t="s">
         <v>27</v>
       </c>
       <c r="G20" t="s">
         <v>50</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70291054</v>
+        <v>70747614</v>
       </c>
       <c r="B21">
         <v>2.0952334349189E+14</v>
       </c>
       <c r="C21">
         <v>491890</v>
       </c>
       <c r="D21">
         <v>209523343</v>
       </c>
       <c r="E21" t="s">
         <v>29</v>
       </c>
       <c r="F21" t="s">
         <v>51</v>
       </c>
       <c r="G21" t="s">
         <v>52</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70291055</v>
+        <v>70747620</v>
       </c>
       <c r="B22">
         <v>2.0952334349189E+14</v>
       </c>
       <c r="C22">
         <v>491890</v>
       </c>
       <c r="D22">
         <v>209523343</v>
       </c>
       <c r="E22" t="s">
         <v>29</v>
       </c>
       <c r="F22" t="s">
         <v>53</v>
       </c>
       <c r="G22" t="s">
         <v>54</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70291056</v>
+        <v>70747622</v>
       </c>
       <c r="B23">
         <v>2.0952334349189E+14</v>
       </c>
       <c r="C23">
         <v>491890</v>
       </c>
       <c r="D23">
         <v>209523343</v>
       </c>
       <c r="E23" t="s">
         <v>29</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>56</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>