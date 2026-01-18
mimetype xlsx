--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -942,51 +942,51 @@
       </c>
       <c r="C14">
         <v>495135</v>
       </c>
       <c r="D14">
         <v>209575673</v>
       </c>
       <c r="E14" t="s">
         <v>14</v>
       </c>
       <c r="F14" t="s">
         <v>30</v>
       </c>
       <c r="G14" t="s">
         <v>33</v>
       </c>
       <c r="H14" t="s">
         <v>12</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70287278</v>
+        <v>70742838</v>
       </c>
       <c r="B15">
         <v>2.0957567349514E+14</v>
       </c>
       <c r="C15">
         <v>495135</v>
       </c>
       <c r="D15">
         <v>209575673</v>
       </c>
       <c r="E15" t="s">
         <v>34</v>
       </c>
       <c r="F15" t="s">
         <v>35</v>
       </c>
       <c r="G15" t="s">
         <v>36</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:9">
@@ -1172,105 +1172,105 @@
       </c>
       <c r="C22">
         <v>495135</v>
       </c>
       <c r="D22">
         <v>209575673</v>
       </c>
       <c r="E22" t="s">
         <v>14</v>
       </c>
       <c r="F22" t="s">
         <v>26</v>
       </c>
       <c r="G22" t="s">
         <v>49</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70287282</v>
+        <v>70742840</v>
       </c>
       <c r="B23">
         <v>2.0957567349514E+14</v>
       </c>
       <c r="C23">
         <v>495135</v>
       </c>
       <c r="D23">
         <v>209575673</v>
       </c>
       <c r="E23" t="s">
         <v>34</v>
       </c>
       <c r="F23" t="s">
         <v>50</v>
       </c>
       <c r="G23" t="s">
         <v>51</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70287283</v>
+        <v>70742841</v>
       </c>
       <c r="B24">
         <v>2.0957567349514E+14</v>
       </c>
       <c r="C24">
         <v>495135</v>
       </c>
       <c r="D24">
         <v>209575673</v>
       </c>
       <c r="E24" t="s">
         <v>34</v>
       </c>
       <c r="F24" t="s">
         <v>52</v>
       </c>
       <c r="G24" t="s">
         <v>53</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70287280</v>
+        <v>70742839</v>
       </c>
       <c r="B25">
         <v>2.0957567349514E+14</v>
       </c>
       <c r="C25">
         <v>495135</v>
       </c>
       <c r="D25">
         <v>209575673</v>
       </c>
       <c r="E25" t="s">
         <v>34</v>
       </c>
       <c r="F25" t="s">
         <v>54</v>
       </c>
       <c r="G25" t="s">
         <v>55</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>