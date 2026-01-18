--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -759,51 +759,51 @@
       </c>
       <c r="C8">
         <v>492208</v>
       </c>
       <c r="D8">
         <v>209627493</v>
       </c>
       <c r="E8" t="s">
         <v>17</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
       <c r="G8" t="s">
         <v>26</v>
       </c>
       <c r="H8" t="s">
         <v>12</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>70290952</v>
+        <v>70747294</v>
       </c>
       <c r="B9">
         <v>2.0962749349221E+14</v>
       </c>
       <c r="C9">
         <v>492208</v>
       </c>
       <c r="D9">
         <v>209627493</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="F9" t="s">
         <v>28</v>
       </c>
       <c r="G9" t="s">
         <v>29</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:9">
@@ -1047,105 +1047,105 @@
       </c>
       <c r="C18">
         <v>492208</v>
       </c>
       <c r="D18">
         <v>209627493</v>
       </c>
       <c r="E18" t="s">
         <v>42</v>
       </c>
       <c r="F18" t="s">
         <v>45</v>
       </c>
       <c r="G18" t="s">
         <v>46</v>
       </c>
       <c r="H18" t="s">
         <v>12</v>
       </c>
       <c r="I18" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>70290954</v>
+        <v>70747296</v>
       </c>
       <c r="B19">
         <v>2.0962749349221E+14</v>
       </c>
       <c r="C19">
         <v>492208</v>
       </c>
       <c r="D19">
         <v>209627493</v>
       </c>
       <c r="E19" t="s">
         <v>27</v>
       </c>
       <c r="F19" t="s">
         <v>47</v>
       </c>
       <c r="G19" t="s">
         <v>48</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70290955</v>
+        <v>70747297</v>
       </c>
       <c r="B20">
         <v>2.0962749349221E+14</v>
       </c>
       <c r="C20">
         <v>492208</v>
       </c>
       <c r="D20">
         <v>209627493</v>
       </c>
       <c r="E20" t="s">
         <v>27</v>
       </c>
       <c r="F20" t="s">
         <v>49</v>
       </c>
       <c r="G20" t="s">
         <v>50</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70290953</v>
+        <v>70747295</v>
       </c>
       <c r="B21">
         <v>2.0962749349221E+14</v>
       </c>
       <c r="C21">
         <v>492208</v>
       </c>
       <c r="D21">
         <v>209627493</v>
       </c>
       <c r="E21" t="s">
         <v>27</v>
       </c>
       <c r="F21" t="s">
         <v>51</v>
       </c>
       <c r="G21" t="s">
         <v>52</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>