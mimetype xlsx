--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -702,51 +702,51 @@
       </c>
       <c r="C5">
         <v>491938</v>
       </c>
       <c r="D5">
         <v>209881223</v>
       </c>
       <c r="E5" t="s">
         <v>19</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
       <c r="H5" t="s">
         <v>12</v>
       </c>
       <c r="I5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>70291043</v>
+        <v>70747437</v>
       </c>
       <c r="B6">
         <v>2.0988122349194E+14</v>
       </c>
       <c r="C6">
         <v>491938</v>
       </c>
       <c r="D6">
         <v>209881223</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" t="s">
         <v>24</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:9">
@@ -1280,105 +1280,105 @@
       </c>
       <c r="C25">
         <v>491938</v>
       </c>
       <c r="D25">
         <v>209881223</v>
       </c>
       <c r="E25" t="s">
         <v>19</v>
       </c>
       <c r="F25" t="s">
         <v>37</v>
       </c>
       <c r="G25" t="s">
         <v>56</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70291047</v>
+        <v>70747446</v>
       </c>
       <c r="B26">
         <v>2.0988122349194E+14</v>
       </c>
       <c r="C26">
         <v>491938</v>
       </c>
       <c r="D26">
         <v>209881223</v>
       </c>
       <c r="E26" t="s">
         <v>22</v>
       </c>
       <c r="F26" t="s">
         <v>57</v>
       </c>
       <c r="G26" t="s">
         <v>58</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70291048</v>
+        <v>70747450</v>
       </c>
       <c r="B27">
         <v>2.0988122349194E+14</v>
       </c>
       <c r="C27">
         <v>491938</v>
       </c>
       <c r="D27">
         <v>209881223</v>
       </c>
       <c r="E27" t="s">
         <v>22</v>
       </c>
       <c r="F27" t="s">
         <v>59</v>
       </c>
       <c r="G27" t="s">
         <v>60</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70291044</v>
+        <v>70747440</v>
       </c>
       <c r="B28">
         <v>2.0988122349194E+14</v>
       </c>
       <c r="C28">
         <v>491938</v>
       </c>
       <c r="D28">
         <v>209881223</v>
       </c>
       <c r="E28" t="s">
         <v>22</v>
       </c>
       <c r="F28" t="s">
         <v>61</v>
       </c>
       <c r="G28" t="s">
         <v>62</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>