--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1300,51 +1300,51 @@
       </c>
       <c r="C25">
         <v>496150</v>
       </c>
       <c r="D25">
         <v>209984953</v>
       </c>
       <c r="E25" t="s">
         <v>17</v>
       </c>
       <c r="F25" t="s">
         <v>50</v>
       </c>
       <c r="G25" t="s">
         <v>52</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70286813</v>
+        <v>70742509</v>
       </c>
       <c r="B26">
         <v>2.0998495349615E+14</v>
       </c>
       <c r="C26">
         <v>496150</v>
       </c>
       <c r="D26">
         <v>209984953</v>
       </c>
       <c r="E26" t="s">
         <v>53</v>
       </c>
       <c r="F26" t="s">
         <v>54</v>
       </c>
       <c r="G26" t="s">
         <v>55</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:9">
@@ -1443,105 +1443,105 @@
       </c>
       <c r="C30">
         <v>496150</v>
       </c>
       <c r="D30">
         <v>209984953</v>
       </c>
       <c r="E30" t="s">
         <v>56</v>
       </c>
       <c r="F30" t="s">
         <v>59</v>
       </c>
       <c r="G30" t="s">
         <v>62</v>
       </c>
       <c r="H30" t="s">
         <v>12</v>
       </c>
       <c r="I30" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>70286815</v>
+        <v>70742513</v>
       </c>
       <c r="B31">
         <v>2.0998495349615E+14</v>
       </c>
       <c r="C31">
         <v>496150</v>
       </c>
       <c r="D31">
         <v>209984953</v>
       </c>
       <c r="E31" t="s">
         <v>53</v>
       </c>
       <c r="F31" t="s">
         <v>63</v>
       </c>
       <c r="G31" t="s">
         <v>64</v>
       </c>
       <c r="H31"/>
       <c r="I31" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>70286816</v>
+        <v>70742514</v>
       </c>
       <c r="B32">
         <v>2.0998495349615E+14</v>
       </c>
       <c r="C32">
         <v>496150</v>
       </c>
       <c r="D32">
         <v>209984953</v>
       </c>
       <c r="E32" t="s">
         <v>53</v>
       </c>
       <c r="F32" t="s">
         <v>65</v>
       </c>
       <c r="G32" t="s">
         <v>66</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>70286814</v>
+        <v>70742510</v>
       </c>
       <c r="B33">
         <v>2.0998495349615E+14</v>
       </c>
       <c r="C33">
         <v>496150</v>
       </c>
       <c r="D33">
         <v>209984953</v>
       </c>
       <c r="E33" t="s">
         <v>53</v>
       </c>
       <c r="F33" t="s">
         <v>67</v>
       </c>
       <c r="G33" t="s">
         <v>68</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>