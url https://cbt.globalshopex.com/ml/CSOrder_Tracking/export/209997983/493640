--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1518,51 +1518,51 @@
       </c>
       <c r="C32">
         <v>493640</v>
       </c>
       <c r="D32">
         <v>209997983</v>
       </c>
       <c r="E32" t="s">
         <v>58</v>
       </c>
       <c r="F32" t="s">
         <v>62</v>
       </c>
       <c r="G32" t="s">
         <v>63</v>
       </c>
       <c r="H32" t="s">
         <v>12</v>
       </c>
       <c r="I32" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>70290706</v>
+        <v>70746708</v>
       </c>
       <c r="B33">
         <v>2.0999798349364E+14</v>
       </c>
       <c r="C33">
         <v>493640</v>
       </c>
       <c r="D33">
         <v>209997983</v>
       </c>
       <c r="E33" t="s">
         <v>64</v>
       </c>
       <c r="F33" t="s">
         <v>65</v>
       </c>
       <c r="G33" t="s">
         <v>66</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="34" spans="1:9">
@@ -1574,105 +1574,105 @@
       </c>
       <c r="C34">
         <v>493640</v>
       </c>
       <c r="D34">
         <v>209997983</v>
       </c>
       <c r="E34" t="s">
         <v>17</v>
       </c>
       <c r="F34" t="s">
         <v>35</v>
       </c>
       <c r="G34" t="s">
         <v>67</v>
       </c>
       <c r="H34" t="s">
         <v>12</v>
       </c>
       <c r="I34" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>70290710</v>
+        <v>70746714</v>
       </c>
       <c r="B35">
         <v>2.0999798349364E+14</v>
       </c>
       <c r="C35">
         <v>493640</v>
       </c>
       <c r="D35">
         <v>209997983</v>
       </c>
       <c r="E35" t="s">
         <v>64</v>
       </c>
       <c r="F35" t="s">
         <v>68</v>
       </c>
       <c r="G35" t="s">
         <v>69</v>
       </c>
       <c r="H35"/>
       <c r="I35" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>70290711</v>
+        <v>70746716</v>
       </c>
       <c r="B36">
         <v>2.0999798349364E+14</v>
       </c>
       <c r="C36">
         <v>493640</v>
       </c>
       <c r="D36">
         <v>209997983</v>
       </c>
       <c r="E36" t="s">
         <v>64</v>
       </c>
       <c r="F36" t="s">
         <v>70</v>
       </c>
       <c r="G36" t="s">
         <v>71</v>
       </c>
       <c r="H36"/>
       <c r="I36" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>70290707</v>
+        <v>70746710</v>
       </c>
       <c r="B37">
         <v>2.0999798349364E+14</v>
       </c>
       <c r="C37">
         <v>493640</v>
       </c>
       <c r="D37">
         <v>209997983</v>
       </c>
       <c r="E37" t="s">
         <v>64</v>
       </c>
       <c r="F37" t="s">
         <v>72</v>
       </c>
       <c r="G37" t="s">
         <v>73</v>
       </c>
       <c r="H37"/>
       <c r="I37" t="s">
         <v>64</v>
       </c>
     </row>
   </sheetData>