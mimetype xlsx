--- v0 (2025-11-28)
+++ v1 (2026-01-18)
@@ -919,51 +919,51 @@
       </c>
       <c r="C13">
         <v>498061</v>
       </c>
       <c r="D13">
         <v>212764442</v>
       </c>
       <c r="E13" t="s">
         <v>17</v>
       </c>
       <c r="F13" t="s">
         <v>30</v>
       </c>
       <c r="G13" t="s">
         <v>32</v>
       </c>
       <c r="H13" t="s">
         <v>12</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>70286494</v>
+        <v>70741831</v>
       </c>
       <c r="B14">
         <v>2.1276444249806E+14</v>
       </c>
       <c r="C14">
         <v>498061</v>
       </c>
       <c r="D14">
         <v>212764442</v>
       </c>
       <c r="E14" t="s">
         <v>33</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>35</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:9">
@@ -1178,105 +1178,105 @@
       </c>
       <c r="C22">
         <v>498061</v>
       </c>
       <c r="D22">
         <v>212764442</v>
       </c>
       <c r="E22" t="s">
         <v>17</v>
       </c>
       <c r="F22" t="s">
         <v>30</v>
       </c>
       <c r="G22" t="s">
         <v>51</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70286496</v>
+        <v>70741836</v>
       </c>
       <c r="B23">
         <v>2.1276444249806E+14</v>
       </c>
       <c r="C23">
         <v>498061</v>
       </c>
       <c r="D23">
         <v>212764442</v>
       </c>
       <c r="E23" t="s">
         <v>33</v>
       </c>
       <c r="F23" t="s">
         <v>52</v>
       </c>
       <c r="G23" t="s">
         <v>53</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70286495</v>
+        <v>70741833</v>
       </c>
       <c r="B24">
         <v>2.1276444249806E+14</v>
       </c>
       <c r="C24">
         <v>498061</v>
       </c>
       <c r="D24">
         <v>212764442</v>
       </c>
       <c r="E24" t="s">
         <v>33</v>
       </c>
       <c r="F24" t="s">
         <v>54</v>
       </c>
       <c r="G24" t="s">
         <v>55</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70286497</v>
+        <v>70741838</v>
       </c>
       <c r="B25">
         <v>2.1276444249806E+14</v>
       </c>
       <c r="C25">
         <v>498061</v>
       </c>
       <c r="D25">
         <v>212764442</v>
       </c>
       <c r="E25" t="s">
         <v>33</v>
       </c>
       <c r="F25" t="s">
         <v>56</v>
       </c>
       <c r="G25" t="s">
         <v>57</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>