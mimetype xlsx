--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -781,132 +781,132 @@
       </c>
       <c r="C10">
         <v>503530</v>
       </c>
       <c r="D10">
         <v>212838742</v>
       </c>
       <c r="E10" t="s">
         <v>17</v>
       </c>
       <c r="F10" t="s">
         <v>30</v>
       </c>
       <c r="G10" t="s">
         <v>31</v>
       </c>
       <c r="H10" t="s">
         <v>12</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>70285855</v>
+        <v>70740474</v>
       </c>
       <c r="B11">
         <v>2.1283874250353E+14</v>
       </c>
       <c r="C11">
         <v>503530</v>
       </c>
       <c r="D11">
         <v>212838742</v>
       </c>
       <c r="E11" t="s">
         <v>32</v>
       </c>
       <c r="F11" t="s">
         <v>33</v>
       </c>
       <c r="G11" t="s">
         <v>34</v>
       </c>
       <c r="H11"/>
       <c r="I11" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>70285857</v>
+        <v>70740476</v>
       </c>
       <c r="B12">
         <v>2.1283874250353E+14</v>
       </c>
       <c r="C12">
         <v>503530</v>
       </c>
       <c r="D12">
         <v>212838742</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" t="s">
         <v>35</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>70285858</v>
+        <v>70740477</v>
       </c>
       <c r="B13">
         <v>2.1283874250353E+14</v>
       </c>
       <c r="C13">
         <v>503530</v>
       </c>
       <c r="D13">
         <v>212838742</v>
       </c>
       <c r="E13" t="s">
         <v>32</v>
       </c>
       <c r="F13" t="s">
         <v>37</v>
       </c>
       <c r="G13" t="s">
         <v>38</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>70285856</v>
+        <v>70740475</v>
       </c>
       <c r="B14">
         <v>2.1283874250353E+14</v>
       </c>
       <c r="C14">
         <v>503530</v>
       </c>
       <c r="D14">
         <v>212838742</v>
       </c>
       <c r="E14" t="s">
         <v>32</v>
       </c>
       <c r="F14" t="s">
         <v>39</v>
       </c>
       <c r="G14" t="s">
         <v>40</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>