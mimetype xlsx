--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -656,51 +656,51 @@
       </c>
       <c r="C3">
         <v>492795</v>
       </c>
       <c r="D3">
         <v>213122446</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>12</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69877288</v>
+        <v>70330452</v>
       </c>
       <c r="B4">
         <v>2.131224464928E+14</v>
       </c>
       <c r="C4">
         <v>492795</v>
       </c>
       <c r="D4">
         <v>213122446</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:9">
@@ -1292,105 +1292,105 @@
       </c>
       <c r="C25">
         <v>492795</v>
       </c>
       <c r="D25">
         <v>213122446</v>
       </c>
       <c r="E25" t="s">
         <v>23</v>
       </c>
       <c r="F25" t="s">
         <v>34</v>
       </c>
       <c r="G25" t="s">
         <v>60</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69877290</v>
+        <v>70330454</v>
       </c>
       <c r="B26">
         <v>2.131224464928E+14</v>
       </c>
       <c r="C26">
         <v>492795</v>
       </c>
       <c r="D26">
         <v>213122446</v>
       </c>
       <c r="E26" t="s">
         <v>17</v>
       </c>
       <c r="F26" t="s">
         <v>61</v>
       </c>
       <c r="G26" t="s">
         <v>62</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69877291</v>
+        <v>70330455</v>
       </c>
       <c r="B27">
         <v>2.131224464928E+14</v>
       </c>
       <c r="C27">
         <v>492795</v>
       </c>
       <c r="D27">
         <v>213122446</v>
       </c>
       <c r="E27" t="s">
         <v>17</v>
       </c>
       <c r="F27" t="s">
         <v>63</v>
       </c>
       <c r="G27" t="s">
         <v>64</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69877289</v>
+        <v>70330453</v>
       </c>
       <c r="B28">
         <v>2.131224464928E+14</v>
       </c>
       <c r="C28">
         <v>492795</v>
       </c>
       <c r="D28">
         <v>213122446</v>
       </c>
       <c r="E28" t="s">
         <v>17</v>
       </c>
       <c r="F28" t="s">
         <v>65</v>
       </c>
       <c r="G28" t="s">
         <v>66</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>