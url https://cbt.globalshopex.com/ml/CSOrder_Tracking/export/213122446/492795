--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -656,51 +656,51 @@
       </c>
       <c r="C3">
         <v>492795</v>
       </c>
       <c r="D3">
         <v>213122446</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3" t="s">
         <v>12</v>
       </c>
       <c r="I3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>70330452</v>
+        <v>70773292</v>
       </c>
       <c r="B4">
         <v>2.131224464928E+14</v>
       </c>
       <c r="C4">
         <v>492795</v>
       </c>
       <c r="D4">
         <v>213122446</v>
       </c>
       <c r="E4" t="s">
         <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>19</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:9">
@@ -1292,105 +1292,105 @@
       </c>
       <c r="C25">
         <v>492795</v>
       </c>
       <c r="D25">
         <v>213122446</v>
       </c>
       <c r="E25" t="s">
         <v>23</v>
       </c>
       <c r="F25" t="s">
         <v>34</v>
       </c>
       <c r="G25" t="s">
         <v>60</v>
       </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
       <c r="I25" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70330454</v>
+        <v>70773298</v>
       </c>
       <c r="B26">
         <v>2.131224464928E+14</v>
       </c>
       <c r="C26">
         <v>492795</v>
       </c>
       <c r="D26">
         <v>213122446</v>
       </c>
       <c r="E26" t="s">
         <v>17</v>
       </c>
       <c r="F26" t="s">
         <v>61</v>
       </c>
       <c r="G26" t="s">
         <v>62</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70330455</v>
+        <v>70773299</v>
       </c>
       <c r="B27">
         <v>2.131224464928E+14</v>
       </c>
       <c r="C27">
         <v>492795</v>
       </c>
       <c r="D27">
         <v>213122446</v>
       </c>
       <c r="E27" t="s">
         <v>17</v>
       </c>
       <c r="F27" t="s">
         <v>63</v>
       </c>
       <c r="G27" t="s">
         <v>64</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70330453</v>
+        <v>70773294</v>
       </c>
       <c r="B28">
         <v>2.131224464928E+14</v>
       </c>
       <c r="C28">
         <v>492795</v>
       </c>
       <c r="D28">
         <v>213122446</v>
       </c>
       <c r="E28" t="s">
         <v>17</v>
       </c>
       <c r="F28" t="s">
         <v>65</v>
       </c>
       <c r="G28" t="s">
         <v>66</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>