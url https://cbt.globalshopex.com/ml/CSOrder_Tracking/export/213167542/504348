--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1271,51 +1271,51 @@
       </c>
       <c r="C24">
         <v>504348</v>
       </c>
       <c r="D24">
         <v>213167542</v>
       </c>
       <c r="E24" t="s">
         <v>19</v>
       </c>
       <c r="F24" t="s">
         <v>32</v>
       </c>
       <c r="G24" t="s">
         <v>47</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70044480</v>
+        <v>70740337</v>
       </c>
       <c r="B25">
         <v>2.1316754250435E+14</v>
       </c>
       <c r="C25">
         <v>504348</v>
       </c>
       <c r="D25">
         <v>213167542</v>
       </c>
       <c r="E25" t="s">
         <v>48</v>
       </c>
       <c r="F25" t="s">
         <v>49</v>
       </c>
       <c r="G25" t="s">
         <v>50</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="26" spans="1:9">
@@ -1472,105 +1472,105 @@
       </c>
       <c r="C31">
         <v>504348</v>
       </c>
       <c r="D31">
         <v>213167542</v>
       </c>
       <c r="E31" t="s">
         <v>57</v>
       </c>
       <c r="F31" t="s">
         <v>61</v>
       </c>
       <c r="G31" t="s">
         <v>62</v>
       </c>
       <c r="H31" t="s">
         <v>12</v>
       </c>
       <c r="I31" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>70044482</v>
+        <v>70740339</v>
       </c>
       <c r="B32">
         <v>2.1316754250435E+14</v>
       </c>
       <c r="C32">
         <v>504348</v>
       </c>
       <c r="D32">
         <v>213167542</v>
       </c>
       <c r="E32" t="s">
         <v>48</v>
       </c>
       <c r="F32" t="s">
         <v>63</v>
       </c>
       <c r="G32" t="s">
         <v>64</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>70044481</v>
+        <v>70740338</v>
       </c>
       <c r="B33">
         <v>2.1316754250435E+14</v>
       </c>
       <c r="C33">
         <v>504348</v>
       </c>
       <c r="D33">
         <v>213167542</v>
       </c>
       <c r="E33" t="s">
         <v>48</v>
       </c>
       <c r="F33" t="s">
         <v>65</v>
       </c>
       <c r="G33" t="s">
         <v>66</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>70044483</v>
+        <v>70740340</v>
       </c>
       <c r="B34">
         <v>2.1316754250435E+14</v>
       </c>
       <c r="C34">
         <v>504348</v>
       </c>
       <c r="D34">
         <v>213167542</v>
       </c>
       <c r="E34" t="s">
         <v>48</v>
       </c>
       <c r="F34" t="s">
         <v>67</v>
       </c>
       <c r="G34" t="s">
         <v>68</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>