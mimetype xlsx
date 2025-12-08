--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -1114,51 +1114,51 @@
       </c>
       <c r="C19">
         <v>493473</v>
       </c>
       <c r="D19">
         <v>214393446</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
         <v>47</v>
       </c>
       <c r="G19" t="s">
         <v>48</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69877328</v>
+        <v>70330440</v>
       </c>
       <c r="B20">
         <v>2.1439344649347E+14</v>
       </c>
       <c r="C20">
         <v>493473</v>
       </c>
       <c r="D20">
         <v>214393446</v>
       </c>
       <c r="E20" t="s">
         <v>49</v>
       </c>
       <c r="F20" t="s">
         <v>50</v>
       </c>
       <c r="G20" t="s">
         <v>51</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:9">
@@ -1257,105 +1257,105 @@
       </c>
       <c r="C24">
         <v>493473</v>
       </c>
       <c r="D24">
         <v>214393446</v>
       </c>
       <c r="E24" t="s">
         <v>52</v>
       </c>
       <c r="F24" t="s">
         <v>53</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69877330</v>
+        <v>70330442</v>
       </c>
       <c r="B25">
         <v>2.1439344649347E+14</v>
       </c>
       <c r="C25">
         <v>493473</v>
       </c>
       <c r="D25">
         <v>214393446</v>
       </c>
       <c r="E25" t="s">
         <v>49</v>
       </c>
       <c r="F25" t="s">
         <v>59</v>
       </c>
       <c r="G25" t="s">
         <v>60</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69877331</v>
+        <v>70330443</v>
       </c>
       <c r="B26">
         <v>2.1439344649347E+14</v>
       </c>
       <c r="C26">
         <v>493473</v>
       </c>
       <c r="D26">
         <v>214393446</v>
       </c>
       <c r="E26" t="s">
         <v>49</v>
       </c>
       <c r="F26" t="s">
         <v>61</v>
       </c>
       <c r="G26" t="s">
         <v>62</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69877329</v>
+        <v>70330441</v>
       </c>
       <c r="B27">
         <v>2.1439344649347E+14</v>
       </c>
       <c r="C27">
         <v>493473</v>
       </c>
       <c r="D27">
         <v>214393446</v>
       </c>
       <c r="E27" t="s">
         <v>49</v>
       </c>
       <c r="F27" t="s">
         <v>63</v>
       </c>
       <c r="G27" t="s">
         <v>64</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>