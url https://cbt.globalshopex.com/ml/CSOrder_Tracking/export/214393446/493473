--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1114,51 +1114,51 @@
       </c>
       <c r="C19">
         <v>493473</v>
       </c>
       <c r="D19">
         <v>214393446</v>
       </c>
       <c r="E19" t="s">
         <v>17</v>
       </c>
       <c r="F19" t="s">
         <v>47</v>
       </c>
       <c r="G19" t="s">
         <v>48</v>
       </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
       <c r="I19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70330440</v>
+        <v>70773254</v>
       </c>
       <c r="B20">
         <v>2.1439344649347E+14</v>
       </c>
       <c r="C20">
         <v>493473</v>
       </c>
       <c r="D20">
         <v>214393446</v>
       </c>
       <c r="E20" t="s">
         <v>49</v>
       </c>
       <c r="F20" t="s">
         <v>50</v>
       </c>
       <c r="G20" t="s">
         <v>51</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:9">
@@ -1257,105 +1257,105 @@
       </c>
       <c r="C24">
         <v>493473</v>
       </c>
       <c r="D24">
         <v>214393446</v>
       </c>
       <c r="E24" t="s">
         <v>52</v>
       </c>
       <c r="F24" t="s">
         <v>53</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70330442</v>
+        <v>70773256</v>
       </c>
       <c r="B25">
         <v>2.1439344649347E+14</v>
       </c>
       <c r="C25">
         <v>493473</v>
       </c>
       <c r="D25">
         <v>214393446</v>
       </c>
       <c r="E25" t="s">
         <v>49</v>
       </c>
       <c r="F25" t="s">
         <v>59</v>
       </c>
       <c r="G25" t="s">
         <v>60</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70330443</v>
+        <v>70773257</v>
       </c>
       <c r="B26">
         <v>2.1439344649347E+14</v>
       </c>
       <c r="C26">
         <v>493473</v>
       </c>
       <c r="D26">
         <v>214393446</v>
       </c>
       <c r="E26" t="s">
         <v>49</v>
       </c>
       <c r="F26" t="s">
         <v>61</v>
       </c>
       <c r="G26" t="s">
         <v>62</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70330441</v>
+        <v>70773255</v>
       </c>
       <c r="B27">
         <v>2.1439344649347E+14</v>
       </c>
       <c r="C27">
         <v>493473</v>
       </c>
       <c r="D27">
         <v>214393446</v>
       </c>
       <c r="E27" t="s">
         <v>49</v>
       </c>
       <c r="F27" t="s">
         <v>63</v>
       </c>
       <c r="G27" t="s">
         <v>64</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>