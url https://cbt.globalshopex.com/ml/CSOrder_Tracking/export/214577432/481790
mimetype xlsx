--- v0 (2025-10-11)
+++ v1 (2025-12-08)
@@ -479,51 +479,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69872045</v>
+        <v>70330082</v>
       </c>
       <c r="B2">
         <v>2.1457743248179E+14</v>
       </c>
       <c r="C2">
         <v>481790</v>
       </c>
       <c r="D2">
         <v>214577432</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -668,78 +668,78 @@
       <c r="B8">
         <v>2.1457743248179E+14</v>
       </c>
       <c r="C8">
         <v>481790</v>
       </c>
       <c r="D8">
         <v>214577432</v>
       </c>
       <c r="E8" t="s">
         <v>16</v>
       </c>
       <c r="F8" t="s">
         <v>17</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8"/>
       <c r="I8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>69872046</v>
+        <v>70330083</v>
       </c>
       <c r="B9">
         <v>2.1457743248179E+14</v>
       </c>
       <c r="C9">
         <v>481790</v>
       </c>
       <c r="D9">
         <v>214577432</v>
       </c>
       <c r="E9" t="s">
         <v>9</v>
       </c>
       <c r="F9" t="s">
         <v>23</v>
       </c>
       <c r="G9" t="s">
         <v>24</v>
       </c>
       <c r="H9"/>
       <c r="I9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69872047</v>
+        <v>70330084</v>
       </c>
       <c r="B10">
         <v>2.1457743248179E+14</v>
       </c>
       <c r="C10">
         <v>481790</v>
       </c>
       <c r="D10">
         <v>214577432</v>
       </c>
       <c r="E10" t="s">
         <v>9</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>