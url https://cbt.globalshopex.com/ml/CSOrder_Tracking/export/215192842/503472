--- v0 (2025-10-11)
+++ v1 (2025-12-10)
@@ -816,132 +816,132 @@
       </c>
       <c r="C11">
         <v>503472</v>
       </c>
       <c r="D11">
         <v>215192842</v>
       </c>
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" t="s">
         <v>32</v>
       </c>
       <c r="G11" t="s">
         <v>33</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>69617294</v>
+        <v>70335186</v>
       </c>
       <c r="B12">
         <v>2.1519284250347E+14</v>
       </c>
       <c r="C12">
         <v>503472</v>
       </c>
       <c r="D12">
         <v>215192842</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
       </c>
       <c r="F12" t="s">
         <v>35</v>
       </c>
       <c r="G12" t="s">
         <v>36</v>
       </c>
       <c r="H12"/>
       <c r="I12" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>69617296</v>
+        <v>70335188</v>
       </c>
       <c r="B13">
         <v>2.1519284250347E+14</v>
       </c>
       <c r="C13">
         <v>503472</v>
       </c>
       <c r="D13">
         <v>215192842</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" t="s">
         <v>37</v>
       </c>
       <c r="G13" t="s">
         <v>38</v>
       </c>
       <c r="H13"/>
       <c r="I13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69617297</v>
+        <v>70335189</v>
       </c>
       <c r="B14">
         <v>2.1519284250347E+14</v>
       </c>
       <c r="C14">
         <v>503472</v>
       </c>
       <c r="D14">
         <v>215192842</v>
       </c>
       <c r="E14" t="s">
         <v>34</v>
       </c>
       <c r="F14" t="s">
         <v>39</v>
       </c>
       <c r="G14" t="s">
         <v>40</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69617295</v>
+        <v>70335187</v>
       </c>
       <c r="B15">
         <v>2.1519284250347E+14</v>
       </c>
       <c r="C15">
         <v>503472</v>
       </c>
       <c r="D15">
         <v>215192842</v>
       </c>
       <c r="E15" t="s">
         <v>34</v>
       </c>
       <c r="F15" t="s">
         <v>41</v>
       </c>
       <c r="G15" t="s">
         <v>42</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>