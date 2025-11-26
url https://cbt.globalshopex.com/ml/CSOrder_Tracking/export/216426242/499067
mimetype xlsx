--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1160,132 +1160,132 @@
       </c>
       <c r="C21">
         <v>499067</v>
       </c>
       <c r="D21">
         <v>216426242</v>
       </c>
       <c r="E21" t="s">
         <v>47</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69617303</v>
+        <v>70257937</v>
       </c>
       <c r="B22">
         <v>2.1642624249907E+14</v>
       </c>
       <c r="C22">
         <v>499067</v>
       </c>
       <c r="D22">
         <v>216426242</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>53</v>
       </c>
       <c r="G22" t="s">
         <v>54</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69617304</v>
+        <v>70257938</v>
       </c>
       <c r="B23">
         <v>2.1642624249907E+14</v>
       </c>
       <c r="C23">
         <v>499067</v>
       </c>
       <c r="D23">
         <v>216426242</v>
       </c>
       <c r="E23" t="s">
         <v>52</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>56</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69617305</v>
+        <v>70257939</v>
       </c>
       <c r="B24">
         <v>2.1642624249907E+14</v>
       </c>
       <c r="C24">
         <v>499067</v>
       </c>
       <c r="D24">
         <v>216426242</v>
       </c>
       <c r="E24" t="s">
         <v>52</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69617306</v>
+        <v>70257940</v>
       </c>
       <c r="B25">
         <v>2.1642624249907E+14</v>
       </c>
       <c r="C25">
         <v>499067</v>
       </c>
       <c r="D25">
         <v>216426242</v>
       </c>
       <c r="E25" t="s">
         <v>52</v>
       </c>
       <c r="F25" t="s">
         <v>59</v>
       </c>
       <c r="G25" t="s">
         <v>60</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>