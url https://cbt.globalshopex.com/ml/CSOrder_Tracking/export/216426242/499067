--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1160,132 +1160,132 @@
       </c>
       <c r="C21">
         <v>499067</v>
       </c>
       <c r="D21">
         <v>216426242</v>
       </c>
       <c r="E21" t="s">
         <v>47</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70257937</v>
+        <v>70601701</v>
       </c>
       <c r="B22">
         <v>2.1642624249907E+14</v>
       </c>
       <c r="C22">
         <v>499067</v>
       </c>
       <c r="D22">
         <v>216426242</v>
       </c>
       <c r="E22" t="s">
         <v>52</v>
       </c>
       <c r="F22" t="s">
         <v>53</v>
       </c>
       <c r="G22" t="s">
         <v>54</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70257938</v>
+        <v>70601702</v>
       </c>
       <c r="B23">
         <v>2.1642624249907E+14</v>
       </c>
       <c r="C23">
         <v>499067</v>
       </c>
       <c r="D23">
         <v>216426242</v>
       </c>
       <c r="E23" t="s">
         <v>52</v>
       </c>
       <c r="F23" t="s">
         <v>55</v>
       </c>
       <c r="G23" t="s">
         <v>56</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70257939</v>
+        <v>70601703</v>
       </c>
       <c r="B24">
         <v>2.1642624249907E+14</v>
       </c>
       <c r="C24">
         <v>499067</v>
       </c>
       <c r="D24">
         <v>216426242</v>
       </c>
       <c r="E24" t="s">
         <v>52</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70257940</v>
+        <v>70601704</v>
       </c>
       <c r="B25">
         <v>2.1642624249907E+14</v>
       </c>
       <c r="C25">
         <v>499067</v>
       </c>
       <c r="D25">
         <v>216426242</v>
       </c>
       <c r="E25" t="s">
         <v>52</v>
       </c>
       <c r="F25" t="s">
         <v>59</v>
       </c>
       <c r="G25" t="s">
         <v>60</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>