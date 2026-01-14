--- v0 (2025-10-15)
+++ v1 (2026-01-14)
@@ -962,51 +962,51 @@
       </c>
       <c r="C15">
         <v>529964</v>
       </c>
       <c r="D15">
         <v>217168482</v>
       </c>
       <c r="E15" t="s">
         <v>39</v>
       </c>
       <c r="F15" t="s">
         <v>40</v>
       </c>
       <c r="G15" t="s">
         <v>41</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69896102</v>
+        <v>70712124</v>
       </c>
       <c r="B16">
         <v>2.1716848252996E+14</v>
       </c>
       <c r="C16">
         <v>529964</v>
       </c>
       <c r="D16">
         <v>217168482</v>
       </c>
       <c r="E16" t="s">
         <v>42</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>44</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="17" spans="1:9">
@@ -1018,105 +1018,105 @@
       </c>
       <c r="C17">
         <v>529964</v>
       </c>
       <c r="D17">
         <v>217168482</v>
       </c>
       <c r="E17" t="s">
         <v>39</v>
       </c>
       <c r="F17" t="s">
         <v>45</v>
       </c>
       <c r="G17" t="s">
         <v>46</v>
       </c>
       <c r="H17" t="s">
         <v>12</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69896104</v>
+        <v>70712126</v>
       </c>
       <c r="B18">
         <v>2.1716848252996E+14</v>
       </c>
       <c r="C18">
         <v>529964</v>
       </c>
       <c r="D18">
         <v>217168482</v>
       </c>
       <c r="E18" t="s">
         <v>42</v>
       </c>
       <c r="F18" t="s">
         <v>47</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>69896105</v>
+        <v>70712127</v>
       </c>
       <c r="B19">
         <v>2.1716848252996E+14</v>
       </c>
       <c r="C19">
         <v>529964</v>
       </c>
       <c r="D19">
         <v>217168482</v>
       </c>
       <c r="E19" t="s">
         <v>42</v>
       </c>
       <c r="F19" t="s">
         <v>49</v>
       </c>
       <c r="G19" t="s">
         <v>50</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69896103</v>
+        <v>70712125</v>
       </c>
       <c r="B20">
         <v>2.1716848252996E+14</v>
       </c>
       <c r="C20">
         <v>529964</v>
       </c>
       <c r="D20">
         <v>217168482</v>
       </c>
       <c r="E20" t="s">
         <v>42</v>
       </c>
       <c r="F20" t="s">
         <v>51</v>
       </c>
       <c r="G20" t="s">
         <v>52</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>