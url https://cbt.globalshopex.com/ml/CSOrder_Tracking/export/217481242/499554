--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -716,51 +716,51 @@
       </c>
       <c r="C6">
         <v>499554</v>
       </c>
       <c r="D6">
         <v>217481242</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>23</v>
       </c>
       <c r="H6" t="s">
         <v>12</v>
       </c>
       <c r="I6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>70286374</v>
+        <v>70741269</v>
       </c>
       <c r="B7">
         <v>2.1748124249955E+14</v>
       </c>
       <c r="C7">
         <v>499554</v>
       </c>
       <c r="D7">
         <v>217481242</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="G7" t="s">
         <v>26</v>
       </c>
       <c r="H7"/>
       <c r="I7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:9">
@@ -1207,105 +1207,105 @@
       </c>
       <c r="C23">
         <v>499554</v>
       </c>
       <c r="D23">
         <v>217481242</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>33</v>
       </c>
       <c r="G23" t="s">
         <v>51</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70286376</v>
+        <v>70741271</v>
       </c>
       <c r="B24">
         <v>2.1748124249955E+14</v>
       </c>
       <c r="C24">
         <v>499554</v>
       </c>
       <c r="D24">
         <v>217481242</v>
       </c>
       <c r="E24" t="s">
         <v>24</v>
       </c>
       <c r="F24" t="s">
         <v>52</v>
       </c>
       <c r="G24" t="s">
         <v>53</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70286377</v>
+        <v>70741272</v>
       </c>
       <c r="B25">
         <v>2.1748124249955E+14</v>
       </c>
       <c r="C25">
         <v>499554</v>
       </c>
       <c r="D25">
         <v>217481242</v>
       </c>
       <c r="E25" t="s">
         <v>24</v>
       </c>
       <c r="F25" t="s">
         <v>54</v>
       </c>
       <c r="G25" t="s">
         <v>55</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70286375</v>
+        <v>70741270</v>
       </c>
       <c r="B26">
         <v>2.1748124249955E+14</v>
       </c>
       <c r="C26">
         <v>499554</v>
       </c>
       <c r="D26">
         <v>217481242</v>
       </c>
       <c r="E26" t="s">
         <v>24</v>
       </c>
       <c r="F26" t="s">
         <v>56</v>
       </c>
       <c r="G26" t="s">
         <v>57</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>