--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -959,132 +959,132 @@
       </c>
       <c r="C15">
         <v>503079</v>
       </c>
       <c r="D15">
         <v>217564712</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>41</v>
       </c>
       <c r="G15" t="s">
         <v>42</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69651818</v>
+        <v>70041563</v>
       </c>
       <c r="B16">
         <v>2.1756471250308E+14</v>
       </c>
       <c r="C16">
         <v>503079</v>
       </c>
       <c r="D16">
         <v>217564712</v>
       </c>
       <c r="E16" t="s">
         <v>43</v>
       </c>
       <c r="F16" t="s">
         <v>44</v>
       </c>
       <c r="G16" t="s">
         <v>45</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69651820</v>
+        <v>70041565</v>
       </c>
       <c r="B17">
         <v>2.1756471250308E+14</v>
       </c>
       <c r="C17">
         <v>503079</v>
       </c>
       <c r="D17">
         <v>217564712</v>
       </c>
       <c r="E17" t="s">
         <v>43</v>
       </c>
       <c r="F17" t="s">
         <v>46</v>
       </c>
       <c r="G17" t="s">
         <v>47</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69651821</v>
+        <v>70041566</v>
       </c>
       <c r="B18">
         <v>2.1756471250308E+14</v>
       </c>
       <c r="C18">
         <v>503079</v>
       </c>
       <c r="D18">
         <v>217564712</v>
       </c>
       <c r="E18" t="s">
         <v>43</v>
       </c>
       <c r="F18" t="s">
         <v>48</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>69651819</v>
+        <v>70041564</v>
       </c>
       <c r="B19">
         <v>2.1756471250308E+14</v>
       </c>
       <c r="C19">
         <v>503079</v>
       </c>
       <c r="D19">
         <v>217564712</v>
       </c>
       <c r="E19" t="s">
         <v>43</v>
       </c>
       <c r="F19" t="s">
         <v>50</v>
       </c>
       <c r="G19" t="s">
         <v>51</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>