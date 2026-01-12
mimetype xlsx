--- v1 (2025-11-26)
+++ v2 (2026-01-12)
@@ -959,132 +959,132 @@
       </c>
       <c r="C15">
         <v>503079</v>
       </c>
       <c r="D15">
         <v>217564712</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>41</v>
       </c>
       <c r="G15" t="s">
         <v>42</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
       <c r="I15" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70041563</v>
+        <v>70622221</v>
       </c>
       <c r="B16">
         <v>2.1756471250308E+14</v>
       </c>
       <c r="C16">
         <v>503079</v>
       </c>
       <c r="D16">
         <v>217564712</v>
       </c>
       <c r="E16" t="s">
         <v>43</v>
       </c>
       <c r="F16" t="s">
         <v>44</v>
       </c>
       <c r="G16" t="s">
         <v>45</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>70041565</v>
+        <v>70622223</v>
       </c>
       <c r="B17">
         <v>2.1756471250308E+14</v>
       </c>
       <c r="C17">
         <v>503079</v>
       </c>
       <c r="D17">
         <v>217564712</v>
       </c>
       <c r="E17" t="s">
         <v>43</v>
       </c>
       <c r="F17" t="s">
         <v>46</v>
       </c>
       <c r="G17" t="s">
         <v>47</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>70041566</v>
+        <v>70622224</v>
       </c>
       <c r="B18">
         <v>2.1756471250308E+14</v>
       </c>
       <c r="C18">
         <v>503079</v>
       </c>
       <c r="D18">
         <v>217564712</v>
       </c>
       <c r="E18" t="s">
         <v>43</v>
       </c>
       <c r="F18" t="s">
         <v>48</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>70041564</v>
+        <v>70622222</v>
       </c>
       <c r="B19">
         <v>2.1756471250308E+14</v>
       </c>
       <c r="C19">
         <v>503079</v>
       </c>
       <c r="D19">
         <v>217564712</v>
       </c>
       <c r="E19" t="s">
         <v>43</v>
       </c>
       <c r="F19" t="s">
         <v>50</v>
       </c>
       <c r="G19" t="s">
         <v>51</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>