--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1154,51 +1154,51 @@
       </c>
       <c r="C21">
         <v>501033</v>
       </c>
       <c r="D21">
         <v>219172942</v>
       </c>
       <c r="E21" t="s">
         <v>42</v>
       </c>
       <c r="F21" t="s">
         <v>47</v>
       </c>
       <c r="G21" t="s">
         <v>48</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70285929</v>
+        <v>70740940</v>
       </c>
       <c r="B22">
         <v>2.1917294250103E+14</v>
       </c>
       <c r="C22">
         <v>501033</v>
       </c>
       <c r="D22">
         <v>219172942</v>
       </c>
       <c r="E22" t="s">
         <v>49</v>
       </c>
       <c r="F22" t="s">
         <v>50</v>
       </c>
       <c r="G22" t="s">
         <v>51</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="23" spans="1:9">
@@ -1210,105 +1210,105 @@
       </c>
       <c r="C23">
         <v>501033</v>
       </c>
       <c r="D23">
         <v>219172942</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
         <v>29</v>
       </c>
       <c r="G23" t="s">
         <v>52</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70285931</v>
+        <v>70740944</v>
       </c>
       <c r="B24">
         <v>2.1917294250103E+14</v>
       </c>
       <c r="C24">
         <v>501033</v>
       </c>
       <c r="D24">
         <v>219172942</v>
       </c>
       <c r="E24" t="s">
         <v>49</v>
       </c>
       <c r="F24" t="s">
         <v>53</v>
       </c>
       <c r="G24" t="s">
         <v>54</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70285932</v>
+        <v>70740947</v>
       </c>
       <c r="B25">
         <v>2.1917294250103E+14</v>
       </c>
       <c r="C25">
         <v>501033</v>
       </c>
       <c r="D25">
         <v>219172942</v>
       </c>
       <c r="E25" t="s">
         <v>49</v>
       </c>
       <c r="F25" t="s">
         <v>55</v>
       </c>
       <c r="G25" t="s">
         <v>56</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70285930</v>
+        <v>70740941</v>
       </c>
       <c r="B26">
         <v>2.1917294250103E+14</v>
       </c>
       <c r="C26">
         <v>501033</v>
       </c>
       <c r="D26">
         <v>219172942</v>
       </c>
       <c r="E26" t="s">
         <v>49</v>
       </c>
       <c r="F26" t="s">
         <v>57</v>
       </c>
       <c r="G26" t="s">
         <v>58</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>