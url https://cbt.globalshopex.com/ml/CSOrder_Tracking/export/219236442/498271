--- v0 (2025-11-28)
+++ v1 (2026-01-17)
@@ -1160,51 +1160,51 @@
       </c>
       <c r="C21">
         <v>498271</v>
       </c>
       <c r="D21">
         <v>219236442</v>
       </c>
       <c r="E21" t="s">
         <v>45</v>
       </c>
       <c r="F21" t="s">
         <v>48</v>
       </c>
       <c r="G21" t="s">
         <v>49</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
       <c r="I21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>70286571</v>
+        <v>70541995</v>
       </c>
       <c r="B22">
         <v>2.1923644249827E+14</v>
       </c>
       <c r="C22">
         <v>498271</v>
       </c>
       <c r="D22">
         <v>219236442</v>
       </c>
       <c r="E22" t="s">
         <v>50</v>
       </c>
       <c r="F22" t="s">
         <v>51</v>
       </c>
       <c r="G22" t="s">
         <v>52</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="23" spans="1:9">
@@ -1245,105 +1245,105 @@
       </c>
       <c r="C24">
         <v>498271</v>
       </c>
       <c r="D24">
         <v>219236442</v>
       </c>
       <c r="E24" t="s">
         <v>45</v>
       </c>
       <c r="F24" t="s">
         <v>46</v>
       </c>
       <c r="G24" t="s">
         <v>54</v>
       </c>
       <c r="H24" t="s">
         <v>12</v>
       </c>
       <c r="I24" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70286573</v>
+        <v>70541997</v>
       </c>
       <c r="B25">
         <v>2.1923644249827E+14</v>
       </c>
       <c r="C25">
         <v>498271</v>
       </c>
       <c r="D25">
         <v>219236442</v>
       </c>
       <c r="E25" t="s">
         <v>50</v>
       </c>
       <c r="F25" t="s">
         <v>55</v>
       </c>
       <c r="G25" t="s">
         <v>56</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70286572</v>
+        <v>70541996</v>
       </c>
       <c r="B26">
         <v>2.1923644249827E+14</v>
       </c>
       <c r="C26">
         <v>498271</v>
       </c>
       <c r="D26">
         <v>219236442</v>
       </c>
       <c r="E26" t="s">
         <v>50</v>
       </c>
       <c r="F26" t="s">
         <v>57</v>
       </c>
       <c r="G26" t="s">
         <v>58</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70286574</v>
+        <v>70541998</v>
       </c>
       <c r="B27">
         <v>2.1923644249827E+14</v>
       </c>
       <c r="C27">
         <v>498271</v>
       </c>
       <c r="D27">
         <v>219236442</v>
       </c>
       <c r="E27" t="s">
         <v>50</v>
       </c>
       <c r="F27" t="s">
         <v>59</v>
       </c>
       <c r="G27" t="s">
         <v>60</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>