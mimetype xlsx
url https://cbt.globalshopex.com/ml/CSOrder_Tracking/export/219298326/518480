--- v0 (2025-10-11)
+++ v1 (2025-12-08)
@@ -1227,132 +1227,132 @@
       </c>
       <c r="C23">
         <v>518480</v>
       </c>
       <c r="D23">
         <v>219298326</v>
       </c>
       <c r="E23" t="s">
         <v>50</v>
       </c>
       <c r="F23" t="s">
         <v>53</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69868991</v>
+        <v>70330078</v>
       </c>
       <c r="B24">
         <v>2.1929832651848E+14</v>
       </c>
       <c r="C24">
         <v>518480</v>
       </c>
       <c r="D24">
         <v>219298326</v>
       </c>
       <c r="E24" t="s">
         <v>55</v>
       </c>
       <c r="F24" t="s">
         <v>56</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69868993</v>
+        <v>70330080</v>
       </c>
       <c r="B25">
         <v>2.1929832651848E+14</v>
       </c>
       <c r="C25">
         <v>518480</v>
       </c>
       <c r="D25">
         <v>219298326</v>
       </c>
       <c r="E25" t="s">
         <v>55</v>
       </c>
       <c r="F25" t="s">
         <v>58</v>
       </c>
       <c r="G25" t="s">
         <v>59</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>69868992</v>
+        <v>70330079</v>
       </c>
       <c r="B26">
         <v>2.1929832651848E+14</v>
       </c>
       <c r="C26">
         <v>518480</v>
       </c>
       <c r="D26">
         <v>219298326</v>
       </c>
       <c r="E26" t="s">
         <v>55</v>
       </c>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26" t="s">
         <v>61</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69868994</v>
+        <v>70330081</v>
       </c>
       <c r="B27">
         <v>2.1929832651848E+14</v>
       </c>
       <c r="C27">
         <v>518480</v>
       </c>
       <c r="D27">
         <v>219298326</v>
       </c>
       <c r="E27" t="s">
         <v>55</v>
       </c>
       <c r="F27" t="s">
         <v>62</v>
       </c>
       <c r="G27" t="s">
         <v>63</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>