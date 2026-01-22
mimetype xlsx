--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -1227,132 +1227,132 @@
       </c>
       <c r="C23">
         <v>518480</v>
       </c>
       <c r="D23">
         <v>219298326</v>
       </c>
       <c r="E23" t="s">
         <v>50</v>
       </c>
       <c r="F23" t="s">
         <v>53</v>
       </c>
       <c r="G23" t="s">
         <v>54</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70330078</v>
+        <v>70772055</v>
       </c>
       <c r="B24">
         <v>2.1929832651848E+14</v>
       </c>
       <c r="C24">
         <v>518480</v>
       </c>
       <c r="D24">
         <v>219298326</v>
       </c>
       <c r="E24" t="s">
         <v>55</v>
       </c>
       <c r="F24" t="s">
         <v>56</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70330080</v>
+        <v>70772057</v>
       </c>
       <c r="B25">
         <v>2.1929832651848E+14</v>
       </c>
       <c r="C25">
         <v>518480</v>
       </c>
       <c r="D25">
         <v>219298326</v>
       </c>
       <c r="E25" t="s">
         <v>55</v>
       </c>
       <c r="F25" t="s">
         <v>58</v>
       </c>
       <c r="G25" t="s">
         <v>59</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>70330079</v>
+        <v>70772056</v>
       </c>
       <c r="B26">
         <v>2.1929832651848E+14</v>
       </c>
       <c r="C26">
         <v>518480</v>
       </c>
       <c r="D26">
         <v>219298326</v>
       </c>
       <c r="E26" t="s">
         <v>55</v>
       </c>
       <c r="F26" t="s">
         <v>60</v>
       </c>
       <c r="G26" t="s">
         <v>61</v>
       </c>
       <c r="H26"/>
       <c r="I26" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70330081</v>
+        <v>70772058</v>
       </c>
       <c r="B27">
         <v>2.1929832651848E+14</v>
       </c>
       <c r="C27">
         <v>518480</v>
       </c>
       <c r="D27">
         <v>219298326</v>
       </c>
       <c r="E27" t="s">
         <v>55</v>
       </c>
       <c r="F27" t="s">
         <v>62</v>
       </c>
       <c r="G27" t="s">
         <v>63</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>