--- v0 (2025-10-11)
+++ v1 (2026-01-12)
@@ -1128,132 +1128,132 @@
       </c>
       <c r="C20">
         <v>507952</v>
       </c>
       <c r="D20">
         <v>219935432</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" t="s">
         <v>49</v>
       </c>
       <c r="G20" t="s">
         <v>50</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69859596</v>
+        <v>70622101</v>
       </c>
       <c r="B21">
         <v>2.1993543250795E+14</v>
       </c>
       <c r="C21">
         <v>507952</v>
       </c>
       <c r="D21">
         <v>219935432</v>
       </c>
       <c r="E21" t="s">
         <v>51</v>
       </c>
       <c r="F21" t="s">
         <v>52</v>
       </c>
       <c r="G21" t="s">
         <v>53</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>69859597</v>
+        <v>70622102</v>
       </c>
       <c r="B22">
         <v>2.1993543250795E+14</v>
       </c>
       <c r="C22">
         <v>507952</v>
       </c>
       <c r="D22">
         <v>219935432</v>
       </c>
       <c r="E22" t="s">
         <v>51</v>
       </c>
       <c r="F22" t="s">
         <v>54</v>
       </c>
       <c r="G22" t="s">
         <v>55</v>
       </c>
       <c r="H22"/>
       <c r="I22" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69859598</v>
+        <v>70622103</v>
       </c>
       <c r="B23">
         <v>2.1993543250795E+14</v>
       </c>
       <c r="C23">
         <v>507952</v>
       </c>
       <c r="D23">
         <v>219935432</v>
       </c>
       <c r="E23" t="s">
         <v>51</v>
       </c>
       <c r="F23" t="s">
         <v>56</v>
       </c>
       <c r="G23" t="s">
         <v>57</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69859599</v>
+        <v>70622104</v>
       </c>
       <c r="B24">
         <v>2.1993543250795E+14</v>
       </c>
       <c r="C24">
         <v>507952</v>
       </c>
       <c r="D24">
         <v>219935432</v>
       </c>
       <c r="E24" t="s">
         <v>51</v>
       </c>
       <c r="F24" t="s">
         <v>58</v>
       </c>
       <c r="G24" t="s">
         <v>59</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>