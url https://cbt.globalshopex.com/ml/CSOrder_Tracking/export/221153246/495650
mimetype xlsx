--- v0 (2025-10-12)
+++ v1 (2025-12-08)
@@ -1248,51 +1248,51 @@
       </c>
       <c r="C23">
         <v>495650</v>
       </c>
       <c r="D23">
         <v>221153246</v>
       </c>
       <c r="E23" t="s">
         <v>14</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69875444</v>
+        <v>70330390</v>
       </c>
       <c r="B24">
         <v>2.2115324649565E+14</v>
       </c>
       <c r="C24">
         <v>495650</v>
       </c>
       <c r="D24">
         <v>221153246</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:9">
@@ -1362,105 +1362,105 @@
       </c>
       <c r="C27">
         <v>495650</v>
       </c>
       <c r="D27">
         <v>221153246</v>
       </c>
       <c r="E27" t="s">
         <v>60</v>
       </c>
       <c r="F27" t="s">
         <v>63</v>
       </c>
       <c r="G27" t="s">
         <v>64</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69875446</v>
+        <v>70330394</v>
       </c>
       <c r="B28">
         <v>2.2115324649565E+14</v>
       </c>
       <c r="C28">
         <v>495650</v>
       </c>
       <c r="D28">
         <v>221153246</v>
       </c>
       <c r="E28" t="s">
         <v>56</v>
       </c>
       <c r="F28" t="s">
         <v>65</v>
       </c>
       <c r="G28" t="s">
         <v>66</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69875447</v>
+        <v>70330395</v>
       </c>
       <c r="B29">
         <v>2.2115324649565E+14</v>
       </c>
       <c r="C29">
         <v>495650</v>
       </c>
       <c r="D29">
         <v>221153246</v>
       </c>
       <c r="E29" t="s">
         <v>56</v>
       </c>
       <c r="F29" t="s">
         <v>67</v>
       </c>
       <c r="G29" t="s">
         <v>68</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69875445</v>
+        <v>70330392</v>
       </c>
       <c r="B30">
         <v>2.2115324649565E+14</v>
       </c>
       <c r="C30">
         <v>495650</v>
       </c>
       <c r="D30">
         <v>221153246</v>
       </c>
       <c r="E30" t="s">
         <v>56</v>
       </c>
       <c r="F30" t="s">
         <v>69</v>
       </c>
       <c r="G30" t="s">
         <v>70</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>