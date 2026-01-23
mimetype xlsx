--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -1248,51 +1248,51 @@
       </c>
       <c r="C23">
         <v>495650</v>
       </c>
       <c r="D23">
         <v>221153246</v>
       </c>
       <c r="E23" t="s">
         <v>14</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23" t="s">
         <v>12</v>
       </c>
       <c r="I23" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70330390</v>
+        <v>70773000</v>
       </c>
       <c r="B24">
         <v>2.2115324649565E+14</v>
       </c>
       <c r="C24">
         <v>495650</v>
       </c>
       <c r="D24">
         <v>221153246</v>
       </c>
       <c r="E24" t="s">
         <v>56</v>
       </c>
       <c r="F24" t="s">
         <v>57</v>
       </c>
       <c r="G24" t="s">
         <v>58</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:9">
@@ -1362,105 +1362,105 @@
       </c>
       <c r="C27">
         <v>495650</v>
       </c>
       <c r="D27">
         <v>221153246</v>
       </c>
       <c r="E27" t="s">
         <v>60</v>
       </c>
       <c r="F27" t="s">
         <v>63</v>
       </c>
       <c r="G27" t="s">
         <v>64</v>
       </c>
       <c r="H27" t="s">
         <v>12</v>
       </c>
       <c r="I27" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70330394</v>
+        <v>70773002</v>
       </c>
       <c r="B28">
         <v>2.2115324649565E+14</v>
       </c>
       <c r="C28">
         <v>495650</v>
       </c>
       <c r="D28">
         <v>221153246</v>
       </c>
       <c r="E28" t="s">
         <v>56</v>
       </c>
       <c r="F28" t="s">
         <v>65</v>
       </c>
       <c r="G28" t="s">
         <v>66</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70330395</v>
+        <v>70773003</v>
       </c>
       <c r="B29">
         <v>2.2115324649565E+14</v>
       </c>
       <c r="C29">
         <v>495650</v>
       </c>
       <c r="D29">
         <v>221153246</v>
       </c>
       <c r="E29" t="s">
         <v>56</v>
       </c>
       <c r="F29" t="s">
         <v>67</v>
       </c>
       <c r="G29" t="s">
         <v>68</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70330392</v>
+        <v>70773001</v>
       </c>
       <c r="B30">
         <v>2.2115324649565E+14</v>
       </c>
       <c r="C30">
         <v>495650</v>
       </c>
       <c r="D30">
         <v>221153246</v>
       </c>
       <c r="E30" t="s">
         <v>56</v>
       </c>
       <c r="F30" t="s">
         <v>69</v>
       </c>
       <c r="G30" t="s">
         <v>70</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>