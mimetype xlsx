--- v0 (2025-10-11)
+++ v1 (2026-01-23)
@@ -839,51 +839,51 @@
       </c>
       <c r="C9">
         <v>497663</v>
       </c>
       <c r="D9">
         <v>221616946</v>
       </c>
       <c r="E9" t="s">
         <v>17</v>
       </c>
       <c r="F9" t="s">
         <v>28</v>
       </c>
       <c r="G9" t="s">
         <v>29</v>
       </c>
       <c r="H9" t="s">
         <v>12</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>69872654</v>
+        <v>70772668</v>
       </c>
       <c r="B10">
         <v>2.2161694649766E+14</v>
       </c>
       <c r="C10">
         <v>497663</v>
       </c>
       <c r="D10">
         <v>221616946</v>
       </c>
       <c r="E10" t="s">
         <v>30</v>
       </c>
       <c r="F10" t="s">
         <v>31</v>
       </c>
       <c r="G10" t="s">
         <v>32</v>
       </c>
       <c r="H10"/>
       <c r="I10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:9">
@@ -1330,105 +1330,105 @@
       </c>
       <c r="C26">
         <v>497663</v>
       </c>
       <c r="D26">
         <v>221616946</v>
       </c>
       <c r="E26" t="s">
         <v>17</v>
       </c>
       <c r="F26" t="s">
         <v>39</v>
       </c>
       <c r="G26" t="s">
         <v>63</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69872656</v>
+        <v>70772670</v>
       </c>
       <c r="B27">
         <v>2.2161694649766E+14</v>
       </c>
       <c r="C27">
         <v>497663</v>
       </c>
       <c r="D27">
         <v>221616946</v>
       </c>
       <c r="E27" t="s">
         <v>30</v>
       </c>
       <c r="F27" t="s">
         <v>64</v>
       </c>
       <c r="G27" t="s">
         <v>65</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69872657</v>
+        <v>70772671</v>
       </c>
       <c r="B28">
         <v>2.2161694649766E+14</v>
       </c>
       <c r="C28">
         <v>497663</v>
       </c>
       <c r="D28">
         <v>221616946</v>
       </c>
       <c r="E28" t="s">
         <v>30</v>
       </c>
       <c r="F28" t="s">
         <v>66</v>
       </c>
       <c r="G28" t="s">
         <v>67</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69872655</v>
+        <v>70772669</v>
       </c>
       <c r="B29">
         <v>2.2161694649766E+14</v>
       </c>
       <c r="C29">
         <v>497663</v>
       </c>
       <c r="D29">
         <v>221616946</v>
       </c>
       <c r="E29" t="s">
         <v>30</v>
       </c>
       <c r="F29" t="s">
         <v>68</v>
       </c>
       <c r="G29" t="s">
         <v>69</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>