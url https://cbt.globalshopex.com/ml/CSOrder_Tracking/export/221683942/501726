--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1332,51 +1332,51 @@
       </c>
       <c r="C26">
         <v>501726</v>
       </c>
       <c r="D26">
         <v>221683942</v>
       </c>
       <c r="E26" t="s">
         <v>18</v>
       </c>
       <c r="F26" t="s">
         <v>52</v>
       </c>
       <c r="G26" t="s">
         <v>53</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>69863152</v>
+        <v>70258805</v>
       </c>
       <c r="B27">
         <v>2.2168394250173E+14</v>
       </c>
       <c r="C27">
         <v>501726</v>
       </c>
       <c r="D27">
         <v>221683942</v>
       </c>
       <c r="E27" t="s">
         <v>54</v>
       </c>
       <c r="F27" t="s">
         <v>55</v>
       </c>
       <c r="G27" t="s">
         <v>56</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="28" spans="1:9">
@@ -1475,105 +1475,105 @@
       </c>
       <c r="C31">
         <v>501726</v>
       </c>
       <c r="D31">
         <v>221683942</v>
       </c>
       <c r="E31" t="s">
         <v>57</v>
       </c>
       <c r="F31" t="s">
         <v>58</v>
       </c>
       <c r="G31" t="s">
         <v>63</v>
       </c>
       <c r="H31" t="s">
         <v>12</v>
       </c>
       <c r="I31" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>69863154</v>
+        <v>70258807</v>
       </c>
       <c r="B32">
         <v>2.2168394250173E+14</v>
       </c>
       <c r="C32">
         <v>501726</v>
       </c>
       <c r="D32">
         <v>221683942</v>
       </c>
       <c r="E32" t="s">
         <v>54</v>
       </c>
       <c r="F32" t="s">
         <v>64</v>
       </c>
       <c r="G32" t="s">
         <v>65</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>69863155</v>
+        <v>70258808</v>
       </c>
       <c r="B33">
         <v>2.2168394250173E+14</v>
       </c>
       <c r="C33">
         <v>501726</v>
       </c>
       <c r="D33">
         <v>221683942</v>
       </c>
       <c r="E33" t="s">
         <v>54</v>
       </c>
       <c r="F33" t="s">
         <v>66</v>
       </c>
       <c r="G33" t="s">
         <v>67</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>69863153</v>
+        <v>70258806</v>
       </c>
       <c r="B34">
         <v>2.2168394250173E+14</v>
       </c>
       <c r="C34">
         <v>501726</v>
       </c>
       <c r="D34">
         <v>221683942</v>
       </c>
       <c r="E34" t="s">
         <v>54</v>
       </c>
       <c r="F34" t="s">
         <v>68</v>
       </c>
       <c r="G34" t="s">
         <v>69</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>