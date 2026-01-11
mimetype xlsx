--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1332,51 +1332,51 @@
       </c>
       <c r="C26">
         <v>501726</v>
       </c>
       <c r="D26">
         <v>221683942</v>
       </c>
       <c r="E26" t="s">
         <v>18</v>
       </c>
       <c r="F26" t="s">
         <v>52</v>
       </c>
       <c r="G26" t="s">
         <v>53</v>
       </c>
       <c r="H26" t="s">
         <v>12</v>
       </c>
       <c r="I26" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>70258805</v>
+        <v>70617273</v>
       </c>
       <c r="B27">
         <v>2.2168394250173E+14</v>
       </c>
       <c r="C27">
         <v>501726</v>
       </c>
       <c r="D27">
         <v>221683942</v>
       </c>
       <c r="E27" t="s">
         <v>54</v>
       </c>
       <c r="F27" t="s">
         <v>55</v>
       </c>
       <c r="G27" t="s">
         <v>56</v>
       </c>
       <c r="H27"/>
       <c r="I27" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="28" spans="1:9">
@@ -1475,105 +1475,105 @@
       </c>
       <c r="C31">
         <v>501726</v>
       </c>
       <c r="D31">
         <v>221683942</v>
       </c>
       <c r="E31" t="s">
         <v>57</v>
       </c>
       <c r="F31" t="s">
         <v>58</v>
       </c>
       <c r="G31" t="s">
         <v>63</v>
       </c>
       <c r="H31" t="s">
         <v>12</v>
       </c>
       <c r="I31" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>70258807</v>
+        <v>70617275</v>
       </c>
       <c r="B32">
         <v>2.2168394250173E+14</v>
       </c>
       <c r="C32">
         <v>501726</v>
       </c>
       <c r="D32">
         <v>221683942</v>
       </c>
       <c r="E32" t="s">
         <v>54</v>
       </c>
       <c r="F32" t="s">
         <v>64</v>
       </c>
       <c r="G32" t="s">
         <v>65</v>
       </c>
       <c r="H32"/>
       <c r="I32" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>70258808</v>
+        <v>70617276</v>
       </c>
       <c r="B33">
         <v>2.2168394250173E+14</v>
       </c>
       <c r="C33">
         <v>501726</v>
       </c>
       <c r="D33">
         <v>221683942</v>
       </c>
       <c r="E33" t="s">
         <v>54</v>
       </c>
       <c r="F33" t="s">
         <v>66</v>
       </c>
       <c r="G33" t="s">
         <v>67</v>
       </c>
       <c r="H33"/>
       <c r="I33" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>70258806</v>
+        <v>70617274</v>
       </c>
       <c r="B34">
         <v>2.2168394250173E+14</v>
       </c>
       <c r="C34">
         <v>501726</v>
       </c>
       <c r="D34">
         <v>221683942</v>
       </c>
       <c r="E34" t="s">
         <v>54</v>
       </c>
       <c r="F34" t="s">
         <v>68</v>
       </c>
       <c r="G34" t="s">
         <v>69</v>
       </c>
       <c r="H34"/>
       <c r="I34" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>