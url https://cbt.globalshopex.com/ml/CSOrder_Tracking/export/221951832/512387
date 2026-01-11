--- v0 (2025-10-11)
+++ v1 (2026-01-11)
@@ -1000,159 +1000,159 @@
       </c>
       <c r="C16">
         <v>512387</v>
       </c>
       <c r="D16">
         <v>221951832</v>
       </c>
       <c r="E16" t="s">
         <v>40</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>44</v>
       </c>
       <c r="H16" t="s">
         <v>12</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69859654</v>
+        <v>70601644</v>
       </c>
       <c r="B17">
         <v>2.2195183251239E+14</v>
       </c>
       <c r="C17">
         <v>512387</v>
       </c>
       <c r="D17">
         <v>221951832</v>
       </c>
       <c r="E17" t="s">
         <v>45</v>
       </c>
       <c r="F17" t="s">
         <v>46</v>
       </c>
       <c r="G17" t="s">
         <v>47</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69859656</v>
+        <v>70601646</v>
       </c>
       <c r="B18">
         <v>2.2195183251239E+14</v>
       </c>
       <c r="C18">
         <v>512387</v>
       </c>
       <c r="D18">
         <v>221951832</v>
       </c>
       <c r="E18" t="s">
         <v>45</v>
       </c>
       <c r="F18" t="s">
         <v>48</v>
       </c>
       <c r="G18" t="s">
         <v>49</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>69859655</v>
+        <v>70601645</v>
       </c>
       <c r="B19">
         <v>2.2195183251239E+14</v>
       </c>
       <c r="C19">
         <v>512387</v>
       </c>
       <c r="D19">
         <v>221951832</v>
       </c>
       <c r="E19" t="s">
         <v>45</v>
       </c>
       <c r="F19" t="s">
         <v>50</v>
       </c>
       <c r="G19" t="s">
         <v>51</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69859657</v>
+        <v>70601647</v>
       </c>
       <c r="B20">
         <v>2.2195183251239E+14</v>
       </c>
       <c r="C20">
         <v>512387</v>
       </c>
       <c r="D20">
         <v>221951832</v>
       </c>
       <c r="E20" t="s">
         <v>45</v>
       </c>
       <c r="F20" t="s">
         <v>52</v>
       </c>
       <c r="G20" t="s">
         <v>53</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69859658</v>
+        <v>70601648</v>
       </c>
       <c r="B21">
         <v>2.2195183251239E+14</v>
       </c>
       <c r="C21">
         <v>512387</v>
       </c>
       <c r="D21">
         <v>221951832</v>
       </c>
       <c r="E21" t="s">
         <v>45</v>
       </c>
       <c r="F21" t="s">
         <v>54</v>
       </c>
       <c r="G21" t="s">
         <v>55</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>