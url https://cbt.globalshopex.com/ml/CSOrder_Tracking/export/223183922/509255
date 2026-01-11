--- v0 (2025-10-11)
+++ v1 (2026-01-11)
@@ -495,132 +495,132 @@
       </c>
       <c r="C2">
         <v>509255</v>
       </c>
       <c r="D2">
         <v>223183922</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2" t="s">
         <v>12</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>69870304</v>
+        <v>70569432</v>
       </c>
       <c r="B3">
         <v>2.2318392250926E+14</v>
       </c>
       <c r="C3">
         <v>509255</v>
       </c>
       <c r="D3">
         <v>223183922</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3"/>
       <c r="I3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>69870305</v>
+        <v>70569433</v>
       </c>
       <c r="B4">
         <v>2.2318392250926E+14</v>
       </c>
       <c r="C4">
         <v>509255</v>
       </c>
       <c r="D4">
         <v>223183922</v>
       </c>
       <c r="E4" t="s">
         <v>14</v>
       </c>
       <c r="F4" t="s">
         <v>17</v>
       </c>
       <c r="G4" t="s">
         <v>18</v>
       </c>
       <c r="H4"/>
       <c r="I4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>69870306</v>
+        <v>70569434</v>
       </c>
       <c r="B5">
         <v>2.2318392250926E+14</v>
       </c>
       <c r="C5">
         <v>509255</v>
       </c>
       <c r="D5">
         <v>223183922</v>
       </c>
       <c r="E5" t="s">
         <v>14</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" t="s">
         <v>20</v>
       </c>
       <c r="H5"/>
       <c r="I5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>69870307</v>
+        <v>70569435</v>
       </c>
       <c r="B6">
         <v>2.2318392250926E+14</v>
       </c>
       <c r="C6">
         <v>509255</v>
       </c>
       <c r="D6">
         <v>223183922</v>
       </c>
       <c r="E6" t="s">
         <v>14</v>
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6"/>
       <c r="I6" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>