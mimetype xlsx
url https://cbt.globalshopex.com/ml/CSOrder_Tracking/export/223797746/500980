--- v0 (2025-10-11)
+++ v1 (2025-12-08)
@@ -604,51 +604,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>69872139</v>
+        <v>70330218</v>
       </c>
       <c r="B2">
         <v>2.2379774650098E+14</v>
       </c>
       <c r="C2">
         <v>500980</v>
       </c>
       <c r="D2">
         <v>223797746</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -1356,105 +1356,105 @@
       </c>
       <c r="C27">
         <v>500980</v>
       </c>
       <c r="D27">
         <v>223797746</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>36</v>
       </c>
       <c r="G27" t="s">
         <v>62</v>
       </c>
       <c r="H27" t="s">
         <v>15</v>
       </c>
       <c r="I27" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>69872140</v>
+        <v>70330219</v>
       </c>
       <c r="B28">
         <v>2.2379774650098E+14</v>
       </c>
       <c r="C28">
         <v>500980</v>
       </c>
       <c r="D28">
         <v>223797746</v>
       </c>
       <c r="E28" t="s">
         <v>9</v>
       </c>
       <c r="F28" t="s">
         <v>63</v>
       </c>
       <c r="G28" t="s">
         <v>64</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>69872141</v>
+        <v>70330220</v>
       </c>
       <c r="B29">
         <v>2.2379774650098E+14</v>
       </c>
       <c r="C29">
         <v>500980</v>
       </c>
       <c r="D29">
         <v>223797746</v>
       </c>
       <c r="E29" t="s">
         <v>9</v>
       </c>
       <c r="F29" t="s">
         <v>65</v>
       </c>
       <c r="G29" t="s">
         <v>66</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>69872142</v>
+        <v>70330221</v>
       </c>
       <c r="B30">
         <v>2.2379774650098E+14</v>
       </c>
       <c r="C30">
         <v>500980</v>
       </c>
       <c r="D30">
         <v>223797746</v>
       </c>
       <c r="E30" t="s">
         <v>9</v>
       </c>
       <c r="F30" t="s">
         <v>67</v>
       </c>
       <c r="G30" t="s">
         <v>68</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>