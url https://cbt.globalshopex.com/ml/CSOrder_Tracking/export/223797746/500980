--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -604,51 +604,51 @@
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>70330218</v>
+        <v>70772149</v>
       </c>
       <c r="B2">
         <v>2.2379774650098E+14</v>
       </c>
       <c r="C2">
         <v>500980</v>
       </c>
       <c r="D2">
         <v>223797746</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
       <c r="H2"/>
       <c r="I2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:9">
@@ -1356,105 +1356,105 @@
       </c>
       <c r="C27">
         <v>500980</v>
       </c>
       <c r="D27">
         <v>223797746</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>36</v>
       </c>
       <c r="G27" t="s">
         <v>62</v>
       </c>
       <c r="H27" t="s">
         <v>15</v>
       </c>
       <c r="I27" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>70330219</v>
+        <v>70772150</v>
       </c>
       <c r="B28">
         <v>2.2379774650098E+14</v>
       </c>
       <c r="C28">
         <v>500980</v>
       </c>
       <c r="D28">
         <v>223797746</v>
       </c>
       <c r="E28" t="s">
         <v>9</v>
       </c>
       <c r="F28" t="s">
         <v>63</v>
       </c>
       <c r="G28" t="s">
         <v>64</v>
       </c>
       <c r="H28"/>
       <c r="I28" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>70330220</v>
+        <v>70772151</v>
       </c>
       <c r="B29">
         <v>2.2379774650098E+14</v>
       </c>
       <c r="C29">
         <v>500980</v>
       </c>
       <c r="D29">
         <v>223797746</v>
       </c>
       <c r="E29" t="s">
         <v>9</v>
       </c>
       <c r="F29" t="s">
         <v>65</v>
       </c>
       <c r="G29" t="s">
         <v>66</v>
       </c>
       <c r="H29"/>
       <c r="I29" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>70330221</v>
+        <v>70772152</v>
       </c>
       <c r="B30">
         <v>2.2379774650098E+14</v>
       </c>
       <c r="C30">
         <v>500980</v>
       </c>
       <c r="D30">
         <v>223797746</v>
       </c>
       <c r="E30" t="s">
         <v>9</v>
       </c>
       <c r="F30" t="s">
         <v>67</v>
       </c>
       <c r="G30" t="s">
         <v>68</v>
       </c>
       <c r="H30"/>
       <c r="I30" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>