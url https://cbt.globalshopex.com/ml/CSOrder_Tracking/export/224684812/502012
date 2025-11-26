--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1026,132 +1026,132 @@
       </c>
       <c r="C17">
         <v>502012</v>
       </c>
       <c r="D17">
         <v>224684812</v>
       </c>
       <c r="E17" t="s">
         <v>41</v>
       </c>
       <c r="F17" t="s">
         <v>44</v>
       </c>
       <c r="G17" t="s">
         <v>45</v>
       </c>
       <c r="H17" t="s">
         <v>12</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69869885</v>
+        <v>70259741</v>
       </c>
       <c r="B18">
         <v>2.2468481250201E+14</v>
       </c>
       <c r="C18">
         <v>502012</v>
       </c>
       <c r="D18">
         <v>224684812</v>
       </c>
       <c r="E18" t="s">
         <v>46</v>
       </c>
       <c r="F18" t="s">
         <v>47</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>69869887</v>
+        <v>70259743</v>
       </c>
       <c r="B19">
         <v>2.2468481250201E+14</v>
       </c>
       <c r="C19">
         <v>502012</v>
       </c>
       <c r="D19">
         <v>224684812</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>49</v>
       </c>
       <c r="G19" t="s">
         <v>50</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>69869886</v>
+        <v>70259742</v>
       </c>
       <c r="B20">
         <v>2.2468481250201E+14</v>
       </c>
       <c r="C20">
         <v>502012</v>
       </c>
       <c r="D20">
         <v>224684812</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" t="s">
         <v>51</v>
       </c>
       <c r="G20" t="s">
         <v>52</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69869888</v>
+        <v>70259744</v>
       </c>
       <c r="B21">
         <v>2.2468481250201E+14</v>
       </c>
       <c r="C21">
         <v>502012</v>
       </c>
       <c r="D21">
         <v>224684812</v>
       </c>
       <c r="E21" t="s">
         <v>46</v>
       </c>
       <c r="F21" t="s">
         <v>53</v>
       </c>
       <c r="G21" t="s">
         <v>54</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>