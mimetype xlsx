--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1026,132 +1026,132 @@
       </c>
       <c r="C17">
         <v>502012</v>
       </c>
       <c r="D17">
         <v>224684812</v>
       </c>
       <c r="E17" t="s">
         <v>41</v>
       </c>
       <c r="F17" t="s">
         <v>44</v>
       </c>
       <c r="G17" t="s">
         <v>45</v>
       </c>
       <c r="H17" t="s">
         <v>12</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>70259741</v>
+        <v>70538100</v>
       </c>
       <c r="B18">
         <v>2.2468481250201E+14</v>
       </c>
       <c r="C18">
         <v>502012</v>
       </c>
       <c r="D18">
         <v>224684812</v>
       </c>
       <c r="E18" t="s">
         <v>46</v>
       </c>
       <c r="F18" t="s">
         <v>47</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>70259743</v>
+        <v>70538102</v>
       </c>
       <c r="B19">
         <v>2.2468481250201E+14</v>
       </c>
       <c r="C19">
         <v>502012</v>
       </c>
       <c r="D19">
         <v>224684812</v>
       </c>
       <c r="E19" t="s">
         <v>46</v>
       </c>
       <c r="F19" t="s">
         <v>49</v>
       </c>
       <c r="G19" t="s">
         <v>50</v>
       </c>
       <c r="H19"/>
       <c r="I19" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>70259742</v>
+        <v>70538101</v>
       </c>
       <c r="B20">
         <v>2.2468481250201E+14</v>
       </c>
       <c r="C20">
         <v>502012</v>
       </c>
       <c r="D20">
         <v>224684812</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" t="s">
         <v>51</v>
       </c>
       <c r="G20" t="s">
         <v>52</v>
       </c>
       <c r="H20"/>
       <c r="I20" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70259744</v>
+        <v>70538103</v>
       </c>
       <c r="B21">
         <v>2.2468481250201E+14</v>
       </c>
       <c r="C21">
         <v>502012</v>
       </c>
       <c r="D21">
         <v>224684812</v>
       </c>
       <c r="E21" t="s">
         <v>46</v>
       </c>
       <c r="F21" t="s">
         <v>53</v>
       </c>
       <c r="G21" t="s">
         <v>54</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>46</v>
       </c>
     </row>
   </sheetData>