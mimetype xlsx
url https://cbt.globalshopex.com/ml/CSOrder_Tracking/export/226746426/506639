--- v0 (2025-10-11)
+++ v1 (2025-12-08)
@@ -892,159 +892,159 @@
       </c>
       <c r="C13">
         <v>506639</v>
       </c>
       <c r="D13">
         <v>226746426</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" t="s">
         <v>36</v>
       </c>
       <c r="G13" t="s">
         <v>37</v>
       </c>
       <c r="H13" t="s">
         <v>12</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>69866314</v>
+        <v>70330063</v>
       </c>
       <c r="B14">
         <v>2.2674642650664E+14</v>
       </c>
       <c r="C14">
         <v>506639</v>
       </c>
       <c r="D14">
         <v>226746426</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
       </c>
       <c r="F14" t="s">
         <v>39</v>
       </c>
       <c r="G14" t="s">
         <v>40</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>69866316</v>
+        <v>70330065</v>
       </c>
       <c r="B15">
         <v>2.2674642650664E+14</v>
       </c>
       <c r="C15">
         <v>506639</v>
       </c>
       <c r="D15">
         <v>226746426</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>41</v>
       </c>
       <c r="G15" t="s">
         <v>42</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>69866317</v>
+        <v>70330066</v>
       </c>
       <c r="B16">
         <v>2.2674642650664E+14</v>
       </c>
       <c r="C16">
         <v>506639</v>
       </c>
       <c r="D16">
         <v>226746426</v>
       </c>
       <c r="E16" t="s">
         <v>38</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>44</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>69866315</v>
+        <v>70330064</v>
       </c>
       <c r="B17">
         <v>2.2674642650664E+14</v>
       </c>
       <c r="C17">
         <v>506639</v>
       </c>
       <c r="D17">
         <v>226746426</v>
       </c>
       <c r="E17" t="s">
         <v>38</v>
       </c>
       <c r="F17" t="s">
         <v>45</v>
       </c>
       <c r="G17" t="s">
         <v>46</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>69866318</v>
+        <v>70330067</v>
       </c>
       <c r="B18">
         <v>2.2674642650664E+14</v>
       </c>
       <c r="C18">
         <v>506639</v>
       </c>
       <c r="D18">
         <v>226746426</v>
       </c>
       <c r="E18" t="s">
         <v>38</v>
       </c>
       <c r="F18" t="s">
         <v>47</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>