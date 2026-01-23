--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -892,159 +892,159 @@
       </c>
       <c r="C13">
         <v>506639</v>
       </c>
       <c r="D13">
         <v>226746426</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" t="s">
         <v>36</v>
       </c>
       <c r="G13" t="s">
         <v>37</v>
       </c>
       <c r="H13" t="s">
         <v>12</v>
       </c>
       <c r="I13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>70330063</v>
+        <v>70772571</v>
       </c>
       <c r="B14">
         <v>2.2674642650664E+14</v>
       </c>
       <c r="C14">
         <v>506639</v>
       </c>
       <c r="D14">
         <v>226746426</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
       </c>
       <c r="F14" t="s">
         <v>39</v>
       </c>
       <c r="G14" t="s">
         <v>40</v>
       </c>
       <c r="H14"/>
       <c r="I14" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>70330065</v>
+        <v>70772574</v>
       </c>
       <c r="B15">
         <v>2.2674642650664E+14</v>
       </c>
       <c r="C15">
         <v>506639</v>
       </c>
       <c r="D15">
         <v>226746426</v>
       </c>
       <c r="E15" t="s">
         <v>38</v>
       </c>
       <c r="F15" t="s">
         <v>41</v>
       </c>
       <c r="G15" t="s">
         <v>42</v>
       </c>
       <c r="H15"/>
       <c r="I15" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>70330066</v>
+        <v>70772577</v>
       </c>
       <c r="B16">
         <v>2.2674642650664E+14</v>
       </c>
       <c r="C16">
         <v>506639</v>
       </c>
       <c r="D16">
         <v>226746426</v>
       </c>
       <c r="E16" t="s">
         <v>38</v>
       </c>
       <c r="F16" t="s">
         <v>43</v>
       </c>
       <c r="G16" t="s">
         <v>44</v>
       </c>
       <c r="H16"/>
       <c r="I16" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>70330064</v>
+        <v>70772573</v>
       </c>
       <c r="B17">
         <v>2.2674642650664E+14</v>
       </c>
       <c r="C17">
         <v>506639</v>
       </c>
       <c r="D17">
         <v>226746426</v>
       </c>
       <c r="E17" t="s">
         <v>38</v>
       </c>
       <c r="F17" t="s">
         <v>45</v>
       </c>
       <c r="G17" t="s">
         <v>46</v>
       </c>
       <c r="H17"/>
       <c r="I17" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>70330067</v>
+        <v>70772578</v>
       </c>
       <c r="B18">
         <v>2.2674642650664E+14</v>
       </c>
       <c r="C18">
         <v>506639</v>
       </c>
       <c r="D18">
         <v>226746426</v>
       </c>
       <c r="E18" t="s">
         <v>38</v>
       </c>
       <c r="F18" t="s">
         <v>47</v>
       </c>
       <c r="G18" t="s">
         <v>48</v>
       </c>
       <c r="H18"/>
       <c r="I18" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>