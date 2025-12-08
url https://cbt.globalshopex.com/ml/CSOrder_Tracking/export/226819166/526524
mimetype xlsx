--- v0 (2025-10-11)
+++ v1 (2025-12-08)
@@ -1128,51 +1128,51 @@
       </c>
       <c r="C20">
         <v>526524</v>
       </c>
       <c r="D20">
         <v>226819166</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" t="s">
         <v>47</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>69862532</v>
+        <v>70330059</v>
       </c>
       <c r="B21">
         <v>2.2681916652652E+14</v>
       </c>
       <c r="C21">
         <v>526524</v>
       </c>
       <c r="D21">
         <v>226819166</v>
       </c>
       <c r="E21" t="s">
         <v>49</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:9">
@@ -1184,105 +1184,105 @@
       </c>
       <c r="C22">
         <v>526524</v>
       </c>
       <c r="D22">
         <v>226819166</v>
       </c>
       <c r="E22" t="s">
         <v>46</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>69862534</v>
+        <v>70330061</v>
       </c>
       <c r="B23">
         <v>2.2681916652652E+14</v>
       </c>
       <c r="C23">
         <v>526524</v>
       </c>
       <c r="D23">
         <v>226819166</v>
       </c>
       <c r="E23" t="s">
         <v>49</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>69862535</v>
+        <v>70330062</v>
       </c>
       <c r="B24">
         <v>2.2681916652652E+14</v>
       </c>
       <c r="C24">
         <v>526524</v>
       </c>
       <c r="D24">
         <v>226819166</v>
       </c>
       <c r="E24" t="s">
         <v>49</v>
       </c>
       <c r="F24" t="s">
         <v>56</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>69862533</v>
+        <v>70330060</v>
       </c>
       <c r="B25">
         <v>2.2681916652652E+14</v>
       </c>
       <c r="C25">
         <v>526524</v>
       </c>
       <c r="D25">
         <v>226819166</v>
       </c>
       <c r="E25" t="s">
         <v>49</v>
       </c>
       <c r="F25" t="s">
         <v>58</v>
       </c>
       <c r="G25" t="s">
         <v>59</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>