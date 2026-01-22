--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -1128,51 +1128,51 @@
       </c>
       <c r="C20">
         <v>526524</v>
       </c>
       <c r="D20">
         <v>226819166</v>
       </c>
       <c r="E20" t="s">
         <v>46</v>
       </c>
       <c r="F20" t="s">
         <v>47</v>
       </c>
       <c r="G20" t="s">
         <v>48</v>
       </c>
       <c r="H20" t="s">
         <v>12</v>
       </c>
       <c r="I20" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>70330059</v>
+        <v>70531312</v>
       </c>
       <c r="B21">
         <v>2.2681916652652E+14</v>
       </c>
       <c r="C21">
         <v>526524</v>
       </c>
       <c r="D21">
         <v>226819166</v>
       </c>
       <c r="E21" t="s">
         <v>49</v>
       </c>
       <c r="F21" t="s">
         <v>50</v>
       </c>
       <c r="G21" t="s">
         <v>51</v>
       </c>
       <c r="H21"/>
       <c r="I21" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="22" spans="1:9">
@@ -1184,105 +1184,105 @@
       </c>
       <c r="C22">
         <v>526524</v>
       </c>
       <c r="D22">
         <v>226819166</v>
       </c>
       <c r="E22" t="s">
         <v>46</v>
       </c>
       <c r="F22" t="s">
         <v>52</v>
       </c>
       <c r="G22" t="s">
         <v>53</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
       <c r="I22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>70330061</v>
+        <v>70531314</v>
       </c>
       <c r="B23">
         <v>2.2681916652652E+14</v>
       </c>
       <c r="C23">
         <v>526524</v>
       </c>
       <c r="D23">
         <v>226819166</v>
       </c>
       <c r="E23" t="s">
         <v>49</v>
       </c>
       <c r="F23" t="s">
         <v>54</v>
       </c>
       <c r="G23" t="s">
         <v>55</v>
       </c>
       <c r="H23"/>
       <c r="I23" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>70330062</v>
+        <v>70531315</v>
       </c>
       <c r="B24">
         <v>2.2681916652652E+14</v>
       </c>
       <c r="C24">
         <v>526524</v>
       </c>
       <c r="D24">
         <v>226819166</v>
       </c>
       <c r="E24" t="s">
         <v>49</v>
       </c>
       <c r="F24" t="s">
         <v>56</v>
       </c>
       <c r="G24" t="s">
         <v>57</v>
       </c>
       <c r="H24"/>
       <c r="I24" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>70330060</v>
+        <v>70531313</v>
       </c>
       <c r="B25">
         <v>2.2681916652652E+14</v>
       </c>
       <c r="C25">
         <v>526524</v>
       </c>
       <c r="D25">
         <v>226819166</v>
       </c>
       <c r="E25" t="s">
         <v>49</v>
       </c>
       <c r="F25" t="s">
         <v>58</v>
       </c>
       <c r="G25" t="s">
         <v>59</v>
       </c>
       <c r="H25"/>
       <c r="I25" t="s">
         <v>49</v>
       </c>
     </row>
   </sheetData>